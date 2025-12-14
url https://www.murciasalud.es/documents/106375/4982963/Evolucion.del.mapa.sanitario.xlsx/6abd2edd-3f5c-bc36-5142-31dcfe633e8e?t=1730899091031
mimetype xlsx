--- v0 (2025-12-05)
+++ v1 (2025-12-14)
@@ -10,73 +10,73 @@
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
   <workbookPr defaultThemeVersion="153222"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="T:\PlanSani\Sist Informacion\Distribuidas\2023\MURCIA SALUD\MAPA SANITARIO_ 2023\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="T:\PlanSani\Sist Informacion\Distribuidas\2024\MURCIA SALUD 2024\MAPA SANITARIO_ 2024\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="19200" windowHeight="13575" tabRatio="605"/>
+    <workbookView xWindow="0" yWindow="0" windowWidth="15360" windowHeight="8340" tabRatio="605"/>
   </bookViews>
   <sheets>
     <sheet name="Índice" sheetId="10" r:id="rId1"/>
     <sheet name="Notas" sheetId="9" r:id="rId2"/>
-    <sheet name="Evolución 2009-2023" sheetId="12" r:id="rId3"/>
+    <sheet name="Evolución 2009-2024" sheetId="12" r:id="rId3"/>
     <sheet name="Evolución 1986-2005" sheetId="11" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm.Print_Area" localSheetId="2">'Evolución 2009-2023'!$A$1:$P$28</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="2">'Evolución 2009-2024'!$A$1:$P$28</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">Índice!$A$1:$J$32</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="1">Notas!$A$1:$E$27</definedName>
   </definedNames>
   <calcPr calcId="152511"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="115" uniqueCount="77">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="117" uniqueCount="77">
   <si>
     <t>Decreto 62/86</t>
   </si>
   <si>
     <t>Orden 11/1/91</t>
   </si>
   <si>
     <t>Orden17/5/95</t>
   </si>
   <si>
     <t>Orden 13/10/99</t>
   </si>
   <si>
     <t>Orden 12/05/05</t>
   </si>
   <si>
     <t>NZS</t>
   </si>
   <si>
     <t>EVOLUCIÓN DEL NÚMERO DE ZONAS DE SALUD DEL MAPA SANITARIO Y SU POBLACIÓN MEDIA</t>
   </si>
   <si>
     <t>Orden 24/04/09</t>
   </si>
   <si>
@@ -248,66 +248,66 @@
     <t xml:space="preserve">Orden 11 de enero de 1991(BORM nº 28 de 4/2/1991, modificado BORM nº22 de 28/1/1994) </t>
   </si>
   <si>
     <t>Decreto 62/86 (BORM nº 199 de 30/8/1986).</t>
   </si>
   <si>
     <t xml:space="preserve">          Área de Salud.- Son  las estructuras fundamentales del Sistema Sanitario, responsabilizadas de la gestión unitaria de los centros y establecimientos del Servicio de Salud en su demarcación territorial y de las prestaciones y programas sanitarios a desarrollar por ellos.  En la Región de Murcia cada una de ellas dispone de una  Gerencia única responsable de la gestión de los recursos de atención primaria y especializada . Hasta el año 2009 incluido había 6 áreas de salud y a partir del 2010 se ampliaron hasta 9 áreas de salud.</t>
   </si>
   <si>
     <t xml:space="preserve">          Población.- Señala la cantidad de personas que viven en un determinado lugar y que se encuentran inscritas en el padrón municipal a 1 de enero de cada año.</t>
   </si>
   <si>
     <t>PMZS 2020</t>
   </si>
   <si>
     <t xml:space="preserve">           La información de este archivo se encuentra estructurada por número de zonas de salud según las áreas sanitarias del momento y su  población media. Se inicia en el 1986 y continua hasta el mapa sanitario actual.
 </t>
   </si>
   <si>
     <t>PMZS 2021</t>
   </si>
   <si>
     <t>PMZS 2022</t>
   </si>
   <si>
-    <t xml:space="preserve">REGIÓN DE MURCIA 2009-2023. </t>
-[...10 lines deleted...]
-  <si>
     <t xml:space="preserve">          Servicio de Planificación y Financiación Sanitaria. Dirección General de Planificación,Farmacia e Investigación Sanitaria. Consejería de Salud.      </t>
   </si>
   <si>
-    <t>*Distribucion de la población por area de salud estimada en el momento de la publicación.</t>
+    <t>PMZS 2023</t>
+  </si>
+  <si>
+    <t xml:space="preserve">REGIÓN DE MURCIA 2009-2024. </t>
+  </si>
+  <si>
+    <t>PMZS 2024</t>
+  </si>
+  <si>
+    <t>EVOLUCIÓN POBLACIÓN 2009-2024</t>
+  </si>
+  <si>
+    <t>REGIÓN DE MURCIA 1986-2005 Y 2009-2024. MAPA SANITARIO 2015.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <fonts count="23" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <u/>
       <sz val="9"/>
       <color indexed="12"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
@@ -605,51 +605,51 @@
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="top"/>
       <protection locked="0"/>
     </xf>
   </cellStyleXfs>
-  <cellXfs count="114">
+  <cellXfs count="116">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="5" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="7" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
@@ -706,62 +706,68 @@
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="3" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="5" fillId="3" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="12" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="3" fontId="12" fillId="2" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="12" fillId="2" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
+    <xf numFmtId="3" fontId="12" fillId="2" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
     <xf numFmtId="3" fontId="12" fillId="2" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="2" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="3" fontId="12" fillId="2" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="12" fillId="2" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="12" fillId="2" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="12" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="12" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="12" fillId="2" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="7" fillId="2" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="12" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="15" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
@@ -1250,52 +1256,52 @@
             </a14:hiddenFill>
           </a:ext>
           <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
             <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>26</xdr:col>
       <xdr:colOff>220512</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>66676</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>28</xdr:col>
-      <xdr:colOff>751415</xdr:colOff>
+      <xdr:col>29</xdr:col>
+      <xdr:colOff>103715</xdr:colOff>
       <xdr:row>4</xdr:row>
       <xdr:rowOff>133350</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="6" name="Picture 2" descr="Nueva imagen (11)"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
@@ -1758,671 +1764,676 @@
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <pageSetUpPr autoPageBreaks="0"/>
   </sheetPr>
   <dimension ref="B9:M32"/>
   <sheetViews>
     <sheetView showGridLines="0" showRowColHeaders="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="A23" sqref="A23"/>
+      <selection activeCell="B11" sqref="B11"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="8" width="11.42578125" style="1"/>
     <col min="9" max="9" width="14.42578125" style="1" customWidth="1"/>
     <col min="10" max="10" width="17" style="1" customWidth="1"/>
     <col min="11" max="16384" width="11.42578125" style="1"/>
   </cols>
   <sheetData>
     <row r="9" spans="2:13" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="B9" s="95" t="s">
+      <c r="B9" s="97" t="s">
         <v>58</v>
       </c>
-      <c r="C9" s="95"/>
-[...6 lines deleted...]
-      <c r="J9" s="95"/>
+      <c r="C9" s="97"/>
+      <c r="D9" s="97"/>
+      <c r="E9" s="97"/>
+      <c r="F9" s="97"/>
+      <c r="G9" s="97"/>
+      <c r="H9" s="97"/>
+      <c r="I9" s="97"/>
+      <c r="J9" s="97"/>
       <c r="K9" s="35"/>
       <c r="L9" s="35"/>
       <c r="M9" s="35"/>
     </row>
     <row r="10" spans="2:13" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="B10" s="95" t="s">
-[...9 lines deleted...]
-      <c r="J10" s="95"/>
+      <c r="B10" s="97" t="s">
+        <v>76</v>
+      </c>
+      <c r="C10" s="97"/>
+      <c r="D10" s="97"/>
+      <c r="E10" s="97"/>
+      <c r="F10" s="97"/>
+      <c r="G10" s="97"/>
+      <c r="H10" s="97"/>
+      <c r="I10" s="97"/>
+      <c r="J10" s="97"/>
       <c r="K10" s="35"/>
       <c r="L10" s="35"/>
       <c r="M10" s="35"/>
     </row>
     <row r="11" spans="2:13" x14ac:dyDescent="0.2">
       <c r="B11" s="34"/>
       <c r="C11" s="34"/>
       <c r="D11" s="34"/>
       <c r="E11" s="34"/>
       <c r="F11" s="34"/>
       <c r="G11" s="34"/>
       <c r="H11" s="34"/>
       <c r="I11" s="34"/>
       <c r="J11" s="34"/>
       <c r="K11" s="35"/>
       <c r="L11" s="35"/>
       <c r="M11" s="35"/>
     </row>
     <row r="13" spans="2:13" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="D13" s="96" t="s">
+      <c r="D13" s="98" t="s">
         <v>38</v>
       </c>
-      <c r="E13" s="96"/>
-[...7 lines deleted...]
-      <c r="M13" s="57"/>
+      <c r="E13" s="98"/>
+      <c r="F13" s="98"/>
+      <c r="G13" s="98"/>
+      <c r="H13" s="98"/>
+      <c r="I13" s="98"/>
+      <c r="J13" s="92"/>
+      <c r="K13" s="59"/>
+      <c r="L13" s="59"/>
+      <c r="M13" s="59"/>
     </row>
     <row r="14" spans="2:13" ht="5.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="D14" s="93"/>
-[...4 lines deleted...]
-      <c r="I14" s="93"/>
+      <c r="D14" s="95"/>
+      <c r="E14" s="95"/>
+      <c r="F14" s="95"/>
+      <c r="G14" s="95"/>
+      <c r="H14" s="95"/>
+      <c r="I14" s="95"/>
     </row>
     <row r="15" spans="2:13" x14ac:dyDescent="0.2">
-      <c r="D15" s="93"/>
-[...4 lines deleted...]
-      <c r="I15" s="93"/>
+      <c r="D15" s="95"/>
+      <c r="E15" s="95"/>
+      <c r="F15" s="95"/>
+      <c r="G15" s="95"/>
+      <c r="H15" s="95"/>
+      <c r="I15" s="95"/>
     </row>
     <row r="16" spans="2:13" x14ac:dyDescent="0.2">
-      <c r="D16" s="97" t="s">
-[...7 lines deleted...]
-      <c r="J16" s="88"/>
+      <c r="D16" s="99" t="s">
+        <v>75</v>
+      </c>
+      <c r="E16" s="99"/>
+      <c r="F16" s="99"/>
+      <c r="G16" s="99"/>
+      <c r="H16" s="99"/>
+      <c r="I16" s="99"/>
+      <c r="J16" s="90"/>
     </row>
     <row r="17" spans="4:10" x14ac:dyDescent="0.2">
-      <c r="D17" s="93"/>
-[...4 lines deleted...]
-      <c r="I17" s="93"/>
+      <c r="D17" s="95"/>
+      <c r="E17" s="95"/>
+      <c r="F17" s="95"/>
+      <c r="G17" s="95"/>
+      <c r="H17" s="95"/>
+      <c r="I17" s="95"/>
     </row>
     <row r="18" spans="4:10" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="D18" s="96" t="s">
+      <c r="D18" s="98" t="s">
         <v>39</v>
       </c>
-      <c r="E18" s="96"/>
-[...4 lines deleted...]
-      <c r="J18" s="92"/>
+      <c r="E18" s="98"/>
+      <c r="F18" s="98"/>
+      <c r="G18" s="98"/>
+      <c r="H18" s="98"/>
+      <c r="I18" s="98"/>
+      <c r="J18" s="94"/>
     </row>
     <row r="28" spans="4:10" x14ac:dyDescent="0.2">
-      <c r="E28" s="94"/>
-[...1 lines deleted...]
-      <c r="G28" s="94"/>
+      <c r="E28" s="96"/>
+      <c r="F28" s="96"/>
+      <c r="G28" s="96"/>
     </row>
     <row r="30" spans="4:10" x14ac:dyDescent="0.2">
-      <c r="E30" s="94"/>
-[...1 lines deleted...]
-      <c r="G30" s="94"/>
+      <c r="E30" s="96"/>
+      <c r="F30" s="96"/>
+      <c r="G30" s="96"/>
     </row>
     <row r="32" spans="4:10" x14ac:dyDescent="0.2">
-      <c r="E32" s="94"/>
-[...1 lines deleted...]
-      <c r="G32" s="94"/>
+      <c r="E32" s="96"/>
+      <c r="F32" s="96"/>
+      <c r="G32" s="96"/>
     </row>
   </sheetData>
   <mergeCells count="8">
     <mergeCell ref="E32:G32"/>
     <mergeCell ref="B9:J9"/>
     <mergeCell ref="B10:J10"/>
     <mergeCell ref="E28:G28"/>
     <mergeCell ref="E30:G30"/>
     <mergeCell ref="D13:I13"/>
     <mergeCell ref="D16:I16"/>
     <mergeCell ref="D18:I18"/>
   </mergeCells>
   <phoneticPr fontId="3" type="noConversion"/>
   <hyperlinks>
     <hyperlink ref="D13:G13" location="Notas!A1" tooltip="Notas metodológicas" display="NOTAS METODOLÓGICAS"/>
     <hyperlink ref="D18:G18" location="'Evolución 1986-2005'!A1" tooltip="Evolución Población 1986-2005" display="EVOLUCIÓN POBLACION 1986-2005"/>
     <hyperlink ref="D16:I16" location="'Evolución 2009-2023'!A1" display="EVOLUCIÓN POBLACIÓN 2009-2023"/>
   </hyperlinks>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0" footer="0"/>
   <pageSetup paperSize="9" scale="91" orientation="landscape" verticalDpi="0" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <pageSetUpPr autoPageBreaks="0"/>
   </sheetPr>
   <dimension ref="A11:G27"/>
   <sheetViews>
-    <sheetView showGridLines="0" showRowColHeaders="0" topLeftCell="A16" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
+    <sheetView showGridLines="0" showRowColHeaders="0" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
       <selection activeCell="G22" sqref="G22"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="33" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="5.7109375" style="58" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="6" max="16384" width="33" style="58"/>
+    <col min="1" max="1" width="5.7109375" style="60" customWidth="1"/>
+    <col min="2" max="2" width="27" style="60" customWidth="1"/>
+    <col min="3" max="3" width="23.85546875" style="60" customWidth="1"/>
+    <col min="4" max="4" width="47.140625" style="60" customWidth="1"/>
+    <col min="5" max="5" width="90" style="60" customWidth="1"/>
+    <col min="6" max="16384" width="33" style="60"/>
   </cols>
   <sheetData>
     <row r="11" spans="2:7" ht="14.25" x14ac:dyDescent="0.2">
-      <c r="B11" s="100" t="s">
+      <c r="B11" s="102" t="s">
         <v>59</v>
       </c>
-      <c r="C11" s="100"/>
-[...1 lines deleted...]
-      <c r="E11" s="100"/>
+      <c r="C11" s="102"/>
+      <c r="D11" s="102"/>
+      <c r="E11" s="102"/>
     </row>
     <row r="12" spans="2:7" ht="74.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B12" s="101" t="s">
+      <c r="B12" s="103" t="s">
         <v>50</v>
       </c>
-      <c r="C12" s="101"/>
-[...1 lines deleted...]
-      <c r="E12" s="101"/>
+      <c r="C12" s="103"/>
+      <c r="D12" s="103"/>
+      <c r="E12" s="103"/>
       <c r="F12" s="33"/>
       <c r="G12" s="33"/>
     </row>
     <row r="13" spans="2:7" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B13" s="59"/>
-      <c r="C13" s="60" t="s">
+      <c r="B13" s="61"/>
+      <c r="C13" s="62" t="s">
         <v>60</v>
       </c>
-      <c r="D13" s="60"/>
-      <c r="E13" s="60" t="s">
+      <c r="D13" s="62"/>
+      <c r="E13" s="62" t="s">
         <v>63</v>
       </c>
       <c r="F13" s="33"/>
       <c r="G13" s="33"/>
     </row>
     <row r="14" spans="2:7" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B14" s="59"/>
-      <c r="C14" s="60" t="s">
+      <c r="B14" s="61"/>
+      <c r="C14" s="62" t="s">
         <v>61</v>
       </c>
-      <c r="D14" s="60"/>
-      <c r="E14" s="60" t="s">
+      <c r="D14" s="62"/>
+      <c r="E14" s="62" t="s">
         <v>64</v>
       </c>
       <c r="F14" s="33"/>
       <c r="G14" s="33"/>
     </row>
     <row r="15" spans="2:7" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B15" s="60"/>
-      <c r="C15" s="60" t="s">
+      <c r="B15" s="62"/>
+      <c r="C15" s="62" t="s">
         <v>62</v>
       </c>
-      <c r="D15" s="60"/>
-      <c r="E15" s="60"/>
+      <c r="D15" s="62"/>
+      <c r="E15" s="62"/>
       <c r="F15" s="33"/>
       <c r="G15" s="33"/>
     </row>
     <row r="16" spans="2:7" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B16" s="60"/>
-[...2 lines deleted...]
-      <c r="E16" s="60"/>
+      <c r="B16" s="62"/>
+      <c r="C16" s="62"/>
+      <c r="D16" s="62"/>
+      <c r="E16" s="62"/>
       <c r="F16" s="33"/>
       <c r="G16" s="33"/>
     </row>
     <row r="17" spans="1:7" ht="39.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B17" s="99" t="s">
+      <c r="B17" s="101" t="s">
         <v>45</v>
       </c>
-      <c r="C17" s="99"/>
-[...1 lines deleted...]
-      <c r="E17" s="99"/>
+      <c r="C17" s="101"/>
+      <c r="D17" s="101"/>
+      <c r="E17" s="101"/>
       <c r="F17" s="33"/>
       <c r="G17" s="33"/>
     </row>
     <row r="18" spans="1:7" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A18" s="61"/>
-      <c r="B18" s="98" t="s">
+      <c r="A18" s="63"/>
+      <c r="B18" s="100" t="s">
         <v>35</v>
       </c>
-      <c r="C18" s="98"/>
-[...1 lines deleted...]
-      <c r="E18" s="98"/>
+      <c r="C18" s="100"/>
+      <c r="D18" s="100"/>
+      <c r="E18" s="100"/>
       <c r="F18" s="33"/>
       <c r="G18" s="33"/>
     </row>
     <row r="19" spans="1:7" ht="60" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A19" s="61"/>
-      <c r="B19" s="101" t="s">
+      <c r="A19" s="63"/>
+      <c r="B19" s="103" t="s">
         <v>65</v>
       </c>
-      <c r="C19" s="101"/>
-[...1 lines deleted...]
-      <c r="E19" s="101"/>
+      <c r="C19" s="103"/>
+      <c r="D19" s="103"/>
+      <c r="E19" s="103"/>
       <c r="F19" s="33"/>
       <c r="G19" s="33"/>
     </row>
     <row r="20" spans="1:7" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A20" s="61"/>
-      <c r="B20" s="101" t="s">
+      <c r="A20" s="63"/>
+      <c r="B20" s="103" t="s">
         <v>41</v>
       </c>
-      <c r="C20" s="101"/>
-[...1 lines deleted...]
-      <c r="E20" s="101"/>
+      <c r="C20" s="103"/>
+      <c r="D20" s="103"/>
+      <c r="E20" s="103"/>
       <c r="F20" s="33"/>
       <c r="G20" s="33"/>
     </row>
     <row r="21" spans="1:7" ht="24" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A21" s="61"/>
-      <c r="B21" s="101" t="s">
+      <c r="A21" s="63"/>
+      <c r="B21" s="103" t="s">
         <v>66</v>
       </c>
-      <c r="C21" s="101"/>
-[...1 lines deleted...]
-      <c r="E21" s="101"/>
+      <c r="C21" s="103"/>
+      <c r="D21" s="103"/>
+      <c r="E21" s="103"/>
       <c r="F21" s="33"/>
       <c r="G21" s="33"/>
     </row>
     <row r="22" spans="1:7" ht="25.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B22" s="98" t="s">
+      <c r="B22" s="100" t="s">
         <v>36</v>
       </c>
-      <c r="C22" s="98"/>
-[...1 lines deleted...]
-      <c r="E22" s="98"/>
+      <c r="C22" s="100"/>
+      <c r="D22" s="100"/>
+      <c r="E22" s="100"/>
       <c r="F22" s="33"/>
       <c r="G22" s="33"/>
     </row>
     <row r="23" spans="1:7" ht="48.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B23" s="102" t="s">
+      <c r="B23" s="104" t="s">
         <v>68</v>
       </c>
-      <c r="C23" s="102"/>
-[...1 lines deleted...]
-      <c r="E23" s="102"/>
+      <c r="C23" s="104"/>
+      <c r="D23" s="104"/>
+      <c r="E23" s="104"/>
       <c r="F23" s="33"/>
       <c r="G23" s="33"/>
     </row>
     <row r="24" spans="1:7" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B24" s="98" t="s">
+      <c r="B24" s="100" t="s">
         <v>37</v>
       </c>
-      <c r="C24" s="98"/>
-[...1 lines deleted...]
-      <c r="E24" s="98"/>
+      <c r="C24" s="100"/>
+      <c r="D24" s="100"/>
+      <c r="E24" s="100"/>
       <c r="F24" s="33"/>
       <c r="G24" s="33"/>
     </row>
     <row r="25" spans="1:7" ht="31.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B25" s="101" t="s">
-[...4 lines deleted...]
-      <c r="E25" s="101"/>
+      <c r="B25" s="103" t="s">
+        <v>71</v>
+      </c>
+      <c r="C25" s="103"/>
+      <c r="D25" s="103"/>
+      <c r="E25" s="103"/>
       <c r="F25" s="33"/>
       <c r="G25" s="33"/>
     </row>
     <row r="26" spans="1:7" ht="30" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B26" s="101" t="s">
+      <c r="B26" s="103" t="s">
         <v>56</v>
       </c>
-      <c r="C26" s="101"/>
-[...1 lines deleted...]
-      <c r="E26" s="101"/>
+      <c r="C26" s="103"/>
+      <c r="D26" s="103"/>
+      <c r="E26" s="103"/>
     </row>
     <row r="27" spans="1:7" ht="30" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B27" s="62"/>
-[...2 lines deleted...]
-      <c r="E27" s="77" t="s">
+      <c r="B27" s="64"/>
+      <c r="C27" s="64"/>
+      <c r="D27" s="64"/>
+      <c r="E27" s="79" t="s">
         <v>42</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="12">
     <mergeCell ref="B18:E18"/>
     <mergeCell ref="B17:E17"/>
     <mergeCell ref="B11:E11"/>
     <mergeCell ref="B12:E12"/>
     <mergeCell ref="B26:E26"/>
     <mergeCell ref="B24:E24"/>
     <mergeCell ref="B25:E25"/>
     <mergeCell ref="B19:E19"/>
     <mergeCell ref="B20:E20"/>
     <mergeCell ref="B21:E21"/>
     <mergeCell ref="B22:E22"/>
     <mergeCell ref="B23:E23"/>
   </mergeCells>
   <phoneticPr fontId="3" type="noConversion"/>
   <hyperlinks>
     <hyperlink ref="E27" location="Índice!A1" tooltip="Índice" display="Índice"/>
   </hyperlinks>
   <pageMargins left="0.74803149606299213" right="0.74803149606299213" top="0.98425196850393704" bottom="0.98425196850393704" header="0" footer="0"/>
   <pageSetup paperSize="9" scale="55" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <pageSetUpPr autoPageBreaks="0"/>
   </sheetPr>
-  <dimension ref="A3:AG64"/>
+  <dimension ref="A3:AI64"/>
   <sheetViews>
     <sheetView showGridLines="0" showRowColHeaders="0" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="AH4" sqref="AH4"/>
+      <selection activeCell="G8" sqref="G8"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="5.7109375" style="16" customWidth="1"/>
     <col min="2" max="2" width="7.7109375" style="16" customWidth="1"/>
     <col min="3" max="3" width="24.85546875" style="16" customWidth="1"/>
     <col min="4" max="4" width="4.5703125" style="16" customWidth="1"/>
     <col min="5" max="5" width="10.7109375" style="16" customWidth="1"/>
     <col min="6" max="6" width="4.5703125" style="16" customWidth="1"/>
     <col min="7" max="7" width="10.7109375" style="16" customWidth="1"/>
     <col min="8" max="8" width="4.5703125" style="16" customWidth="1"/>
     <col min="9" max="9" width="10.7109375" style="16" customWidth="1"/>
     <col min="10" max="10" width="4.5703125" style="16" customWidth="1"/>
     <col min="11" max="11" width="10.7109375" style="16" customWidth="1"/>
     <col min="12" max="12" width="4.5703125" style="16" customWidth="1"/>
     <col min="13" max="13" width="10.7109375" style="16" customWidth="1"/>
     <col min="14" max="14" width="4.5703125" style="16" customWidth="1"/>
     <col min="15" max="15" width="10.7109375" style="16" customWidth="1"/>
     <col min="16" max="16" width="4.5703125" style="16" customWidth="1"/>
     <col min="17" max="17" width="10.7109375" style="16" customWidth="1"/>
     <col min="18" max="18" width="4.5703125" style="16" bestFit="1" customWidth="1"/>
     <col min="19" max="19" width="10.7109375" style="16" bestFit="1" customWidth="1"/>
     <col min="20" max="20" width="4.5703125" style="16" bestFit="1" customWidth="1"/>
     <col min="21" max="21" width="10.7109375" style="16" customWidth="1"/>
     <col min="22" max="22" width="4.5703125" style="16" customWidth="1"/>
     <col min="23" max="23" width="10.7109375" style="16" customWidth="1"/>
     <col min="24" max="24" width="4.5703125" style="16" customWidth="1"/>
     <col min="25" max="25" width="11.42578125" style="16"/>
     <col min="26" max="26" width="4.5703125" style="16" customWidth="1"/>
-    <col min="27" max="27" width="11.42578125" style="16" customWidth="1"/>
+    <col min="27" max="27" width="10.5703125" style="16" customWidth="1"/>
     <col min="28" max="28" width="4.5703125" style="16" customWidth="1"/>
-    <col min="29" max="29" width="11.42578125" style="16" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="33" max="16384" width="11.42578125" style="16"/>
+    <col min="29" max="29" width="10.5703125" style="16" customWidth="1"/>
+    <col min="30" max="30" width="8.42578125" style="16" customWidth="1"/>
+    <col min="31" max="31" width="10.7109375" style="16" customWidth="1"/>
+    <col min="32" max="32" width="8.140625" style="16" customWidth="1"/>
+    <col min="33" max="33" width="10.5703125" style="16" customWidth="1"/>
+    <col min="34" max="16384" width="11.42578125" style="16"/>
   </cols>
   <sheetData>
-    <row r="3" spans="2:33" x14ac:dyDescent="0.2">
-[...12 lines deleted...]
-    <row r="5" spans="2:33" s="15" customFormat="1" x14ac:dyDescent="0.2">
+    <row r="3" spans="2:35" x14ac:dyDescent="0.2">
+      <c r="G3" s="93"/>
+    </row>
+    <row r="4" spans="2:35" x14ac:dyDescent="0.2">
+      <c r="G4" s="93"/>
+      <c r="J4" s="81"/>
+      <c r="K4" s="81"/>
+      <c r="L4" s="81"/>
+      <c r="M4" s="81"/>
+      <c r="N4" s="81"/>
+      <c r="O4" s="81"/>
+      <c r="P4" s="81"/>
+    </row>
+    <row r="5" spans="2:35" s="15" customFormat="1" x14ac:dyDescent="0.2">
       <c r="C5" s="14"/>
       <c r="D5" s="14"/>
       <c r="E5" s="14"/>
       <c r="F5" s="14"/>
       <c r="G5" s="14"/>
       <c r="H5" s="14"/>
-      <c r="I5" s="89"/>
-[...40 lines deleted...]
-      <c r="Q8" s="82"/>
+      <c r="I5" s="91"/>
+      <c r="J5" s="82"/>
+      <c r="K5" s="82"/>
+      <c r="L5" s="83"/>
+      <c r="M5" s="83"/>
+      <c r="N5" s="83"/>
+      <c r="O5" s="84"/>
+      <c r="P5" s="84"/>
+    </row>
+    <row r="6" spans="2:35" x14ac:dyDescent="0.2">
+      <c r="I6" s="91"/>
+      <c r="J6" s="81"/>
+      <c r="K6" s="81"/>
+      <c r="L6" s="81"/>
+      <c r="M6" s="81"/>
+      <c r="N6" s="81"/>
+      <c r="O6" s="81"/>
+      <c r="P6" s="81"/>
+      <c r="Q6" s="81"/>
+      <c r="AB6" s="91"/>
+    </row>
+    <row r="7" spans="2:35" s="15" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="I7" s="91"/>
+      <c r="J7" s="84"/>
+      <c r="K7" s="84"/>
+      <c r="L7" s="84"/>
+      <c r="M7" s="84"/>
+      <c r="N7" s="84"/>
+      <c r="O7" s="84"/>
+      <c r="P7" s="84"/>
+      <c r="Q7" s="84"/>
+      <c r="AB7" s="91"/>
+    </row>
+    <row r="8" spans="2:35" s="15" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="J8" s="84"/>
+      <c r="K8" s="84"/>
+      <c r="L8" s="84"/>
+      <c r="M8" s="84"/>
+      <c r="N8" s="84"/>
+      <c r="O8" s="84"/>
+      <c r="P8" s="84"/>
+      <c r="Q8" s="84"/>
       <c r="S8" s="14"/>
-      <c r="AB8" s="89"/>
-[...1 lines deleted...]
-    <row r="9" spans="2:33" s="15" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="AB8" s="91"/>
+    </row>
+    <row r="9" spans="2:35" s="15" customFormat="1" x14ac:dyDescent="0.2">
       <c r="S9" s="14"/>
     </row>
-    <row r="10" spans="2:33" x14ac:dyDescent="0.2">
-      <c r="C10" s="106" t="s">
+    <row r="10" spans="2:35" x14ac:dyDescent="0.2">
+      <c r="C10" s="108" t="s">
         <v>58</v>
       </c>
-      <c r="D10" s="106"/>
-[...61 lines deleted...]
-      <c r="C13" s="107" t="s">
+      <c r="D10" s="108"/>
+      <c r="E10" s="108"/>
+      <c r="F10" s="108"/>
+      <c r="G10" s="108"/>
+      <c r="H10" s="108"/>
+      <c r="I10" s="108"/>
+      <c r="J10" s="108"/>
+      <c r="K10" s="108"/>
+      <c r="L10" s="108"/>
+      <c r="M10" s="108"/>
+      <c r="N10" s="108"/>
+      <c r="O10" s="108"/>
+      <c r="P10" s="108"/>
+      <c r="Q10" s="108"/>
+      <c r="R10" s="108"/>
+      <c r="S10" s="108"/>
+      <c r="T10" s="108"/>
+      <c r="U10" s="108"/>
+      <c r="V10" s="108"/>
+      <c r="W10" s="108"/>
+      <c r="X10" s="108"/>
+      <c r="Y10" s="108"/>
+      <c r="Z10" s="108"/>
+      <c r="AA10" s="108"/>
+      <c r="AB10" s="108"/>
+      <c r="AC10" s="108"/>
+    </row>
+    <row r="11" spans="2:35" x14ac:dyDescent="0.2">
+      <c r="C11" s="108" t="s">
+        <v>73</v>
+      </c>
+      <c r="D11" s="108"/>
+      <c r="E11" s="108"/>
+      <c r="F11" s="108"/>
+      <c r="G11" s="108"/>
+      <c r="H11" s="108"/>
+      <c r="I11" s="108"/>
+      <c r="J11" s="108"/>
+      <c r="K11" s="108"/>
+      <c r="L11" s="108"/>
+      <c r="M11" s="108"/>
+      <c r="N11" s="108"/>
+      <c r="O11" s="108"/>
+      <c r="P11" s="108"/>
+      <c r="Q11" s="108"/>
+      <c r="R11" s="108"/>
+      <c r="S11" s="108"/>
+      <c r="T11" s="108"/>
+      <c r="U11" s="108"/>
+      <c r="V11" s="108"/>
+      <c r="W11" s="108"/>
+      <c r="X11" s="108"/>
+      <c r="Y11" s="108"/>
+      <c r="Z11" s="108"/>
+      <c r="AA11" s="108"/>
+      <c r="AB11" s="108"/>
+      <c r="AC11" s="108"/>
+    </row>
+    <row r="12" spans="2:35" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="AB12" s="80"/>
+    </row>
+    <row r="13" spans="2:35" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C13" s="109" t="s">
         <v>17</v>
       </c>
-      <c r="D13" s="103" t="s">
+      <c r="D13" s="105" t="s">
         <v>7</v>
       </c>
-      <c r="E13" s="104"/>
-      <c r="F13" s="103" t="s">
+      <c r="E13" s="106"/>
+      <c r="F13" s="105" t="s">
         <v>7</v>
       </c>
-      <c r="G13" s="104"/>
-      <c r="H13" s="103" t="s">
+      <c r="G13" s="106"/>
+      <c r="H13" s="105" t="s">
         <v>7</v>
       </c>
-      <c r="I13" s="104"/>
-      <c r="J13" s="105" t="s">
+      <c r="I13" s="106"/>
+      <c r="J13" s="107" t="s">
         <v>7</v>
       </c>
-      <c r="K13" s="104"/>
-      <c r="L13" s="105" t="s">
+      <c r="K13" s="106"/>
+      <c r="L13" s="107" t="s">
         <v>7</v>
       </c>
-      <c r="M13" s="104"/>
-      <c r="N13" s="103" t="s">
+      <c r="M13" s="106"/>
+      <c r="N13" s="105" t="s">
         <v>7</v>
       </c>
-      <c r="O13" s="104"/>
-      <c r="P13" s="103" t="s">
+      <c r="O13" s="106"/>
+      <c r="P13" s="105" t="s">
         <v>49</v>
       </c>
-      <c r="Q13" s="104"/>
-      <c r="R13" s="103" t="s">
+      <c r="Q13" s="106"/>
+      <c r="R13" s="105" t="s">
         <v>49</v>
       </c>
-      <c r="S13" s="104"/>
-      <c r="T13" s="103" t="s">
+      <c r="S13" s="106"/>
+      <c r="T13" s="105" t="s">
         <v>49</v>
       </c>
-      <c r="U13" s="104"/>
-      <c r="V13" s="103" t="s">
+      <c r="U13" s="106"/>
+      <c r="V13" s="105" t="s">
         <v>49</v>
       </c>
-      <c r="W13" s="104"/>
-      <c r="X13" s="103" t="s">
+      <c r="W13" s="106"/>
+      <c r="X13" s="105" t="s">
         <v>49</v>
       </c>
-      <c r="Y13" s="104"/>
-      <c r="Z13" s="103" t="s">
+      <c r="Y13" s="106"/>
+      <c r="Z13" s="105" t="s">
         <v>49</v>
       </c>
-      <c r="AA13" s="104"/>
-      <c r="AB13" s="103" t="s">
+      <c r="AA13" s="106"/>
+      <c r="AB13" s="105" t="s">
         <v>49</v>
       </c>
-      <c r="AC13" s="104"/>
-      <c r="AD13" s="103" t="s">
+      <c r="AC13" s="106"/>
+      <c r="AD13" s="105" t="s">
         <v>49</v>
       </c>
-      <c r="AE13" s="104"/>
-      <c r="AF13" s="103" t="s">
+      <c r="AE13" s="106"/>
+      <c r="AF13" s="105" t="s">
         <v>49</v>
       </c>
-      <c r="AG13" s="104"/>
-[...2 lines deleted...]
-      <c r="C14" s="108"/>
+      <c r="AG13" s="106"/>
+      <c r="AH13" s="105" t="s">
+        <v>49</v>
+      </c>
+      <c r="AI13" s="106"/>
+    </row>
+    <row r="14" spans="2:35" ht="24" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="C14" s="110"/>
       <c r="D14" s="17" t="s">
         <v>5</v>
       </c>
       <c r="E14" s="18" t="s">
         <v>15</v>
       </c>
       <c r="F14" s="17" t="s">
         <v>5</v>
       </c>
       <c r="G14" s="18" t="s">
         <v>16</v>
       </c>
       <c r="H14" s="17" t="s">
         <v>5</v>
       </c>
       <c r="I14" s="18" t="s">
         <v>34</v>
       </c>
       <c r="J14" s="21" t="s">
         <v>5</v>
       </c>
       <c r="K14" s="18" t="s">
         <v>43</v>
       </c>
       <c r="L14" s="37" t="s">
@@ -2467,74 +2478,80 @@
       <c r="Y14" s="8" t="s">
         <v>57</v>
       </c>
       <c r="Z14" s="17" t="s">
         <v>5</v>
       </c>
       <c r="AA14" s="8" t="s">
         <v>67</v>
       </c>
       <c r="AB14" s="17" t="s">
         <v>5</v>
       </c>
       <c r="AC14" s="8" t="s">
         <v>69</v>
       </c>
       <c r="AD14" s="17" t="s">
         <v>5</v>
       </c>
       <c r="AE14" s="8" t="s">
         <v>70</v>
       </c>
       <c r="AF14" s="17" t="s">
         <v>5</v>
       </c>
       <c r="AG14" s="8" t="s">
+        <v>72</v>
+      </c>
+      <c r="AH14" s="17" t="s">
+        <v>5</v>
+      </c>
+      <c r="AI14" s="8" t="s">
         <v>74</v>
       </c>
     </row>
-    <row r="15" spans="2:33" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="15" spans="2:35" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B15" s="40"/>
       <c r="C15" s="41" t="s">
         <v>24</v>
       </c>
       <c r="D15" s="42">
         <v>14</v>
       </c>
-      <c r="E15" s="47">
+      <c r="E15" s="44">
         <v>17974</v>
       </c>
       <c r="F15" s="42">
         <v>14</v>
       </c>
       <c r="G15" s="43">
         <v>18220</v>
       </c>
-      <c r="H15" s="44">
+      <c r="H15" s="45">
         <v>14</v>
       </c>
-      <c r="I15" s="44">
+      <c r="I15" s="45">
         <v>18405.142857142859</v>
       </c>
       <c r="J15" s="42">
         <v>14</v>
       </c>
       <c r="K15" s="43">
         <v>18418.928571428572</v>
       </c>
       <c r="L15" s="42">
         <v>14</v>
       </c>
       <c r="M15" s="43">
         <v>18338</v>
       </c>
       <c r="N15" s="42">
         <v>14</v>
       </c>
       <c r="O15" s="43">
         <v>18418</v>
       </c>
       <c r="P15" s="42">
         <v>15</v>
       </c>
       <c r="Q15" s="43">
         <v>17216</v>
@@ -2563,822 +2580,876 @@
       <c r="Y15" s="43">
         <v>17764</v>
       </c>
       <c r="Z15" s="42">
         <v>15</v>
       </c>
       <c r="AA15" s="43">
         <v>17975.133333333335</v>
       </c>
       <c r="AB15" s="42">
         <v>15</v>
       </c>
       <c r="AC15" s="43">
         <v>18057.066666666666</v>
       </c>
       <c r="AD15" s="42">
         <v>15</v>
       </c>
       <c r="AE15" s="43">
         <v>18241</v>
       </c>
       <c r="AF15" s="42">
         <v>15</v>
       </c>
       <c r="AG15" s="43">
-        <v>18177.933333333334</v>
-[...2 lines deleted...]
-    <row r="16" spans="2:33" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+        <v>18489</v>
+      </c>
+      <c r="AH15" s="42">
+        <v>15</v>
+      </c>
+      <c r="AI15" s="43">
+        <v>18718</v>
+      </c>
+    </row>
+    <row r="16" spans="2:35" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B16" s="40"/>
-      <c r="C16" s="45" t="s">
+      <c r="C16" s="46" t="s">
         <v>25</v>
       </c>
-      <c r="D16" s="46">
+      <c r="D16" s="47">
         <v>17</v>
       </c>
-      <c r="E16" s="47">
+      <c r="E16" s="49">
         <v>16624</v>
       </c>
-      <c r="F16" s="46">
+      <c r="F16" s="47">
         <v>17</v>
       </c>
-      <c r="G16" s="47">
+      <c r="G16" s="48">
         <v>16825</v>
       </c>
-      <c r="H16" s="48">
+      <c r="H16" s="50">
         <v>17</v>
       </c>
-      <c r="I16" s="48">
+      <c r="I16" s="50">
         <v>16940</v>
       </c>
-      <c r="J16" s="46">
+      <c r="J16" s="47">
         <v>17</v>
       </c>
-      <c r="K16" s="47">
+      <c r="K16" s="48">
         <v>17065.176470588234</v>
       </c>
-      <c r="L16" s="46">
+      <c r="L16" s="47">
         <v>17</v>
       </c>
-      <c r="M16" s="47">
+      <c r="M16" s="48">
         <v>17184</v>
       </c>
-      <c r="N16" s="46">
+      <c r="N16" s="47">
         <v>17</v>
       </c>
-      <c r="O16" s="47">
+      <c r="O16" s="48">
         <v>16903</v>
       </c>
-      <c r="P16" s="46">
+      <c r="P16" s="47">
         <v>17</v>
       </c>
-      <c r="Q16" s="47">
+      <c r="Q16" s="48">
         <v>16863</v>
       </c>
-      <c r="R16" s="46">
+      <c r="R16" s="47">
         <v>17</v>
       </c>
-      <c r="S16" s="47">
+      <c r="S16" s="48">
         <v>16682</v>
       </c>
-      <c r="T16" s="46">
+      <c r="T16" s="47">
         <v>17</v>
       </c>
-      <c r="U16" s="47">
+      <c r="U16" s="48">
         <v>16664.529411764706</v>
       </c>
-      <c r="V16" s="46">
+      <c r="V16" s="47">
         <v>17</v>
       </c>
-      <c r="W16" s="47">
+      <c r="W16" s="48">
         <v>16691.588235294119</v>
       </c>
-      <c r="X16" s="46">
+      <c r="X16" s="47">
         <v>17</v>
       </c>
-      <c r="Y16" s="47">
+      <c r="Y16" s="48">
         <v>16824.823529411766</v>
       </c>
-      <c r="Z16" s="46">
+      <c r="Z16" s="47">
         <v>17</v>
       </c>
-      <c r="AA16" s="47">
+      <c r="AA16" s="48">
         <v>16972.705882352941</v>
       </c>
-      <c r="AB16" s="46">
+      <c r="AB16" s="47">
         <v>17</v>
       </c>
-      <c r="AC16" s="47">
+      <c r="AC16" s="48">
         <v>17030.117647058825</v>
       </c>
-      <c r="AD16" s="46">
+      <c r="AD16" s="47">
         <v>17</v>
       </c>
-      <c r="AE16" s="47">
+      <c r="AE16" s="48">
         <v>17142</v>
       </c>
-      <c r="AF16" s="46">
+      <c r="AF16" s="47">
         <v>17</v>
       </c>
-      <c r="AG16" s="47">
-[...3 lines deleted...]
-    <row r="17" spans="1:33" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="AG16" s="48">
+        <v>17329</v>
+      </c>
+      <c r="AH16" s="47">
+        <v>17</v>
+      </c>
+      <c r="AI16" s="48">
+        <v>17478</v>
+      </c>
+    </row>
+    <row r="17" spans="1:35" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B17" s="40"/>
-      <c r="C17" s="45" t="s">
+      <c r="C17" s="46" t="s">
         <v>26</v>
       </c>
-      <c r="D17" s="46">
+      <c r="D17" s="47">
         <v>11</v>
       </c>
-      <c r="E17" s="47">
+      <c r="E17" s="49">
         <v>15515</v>
       </c>
-      <c r="F17" s="46">
+      <c r="F17" s="47">
         <v>11</v>
       </c>
-      <c r="G17" s="47">
+      <c r="G17" s="48">
         <v>15645</v>
       </c>
-      <c r="H17" s="48">
+      <c r="H17" s="50">
         <v>11</v>
       </c>
-      <c r="I17" s="48">
+      <c r="I17" s="50">
         <v>15745.727272727272</v>
       </c>
-      <c r="J17" s="46">
+      <c r="J17" s="47">
         <v>11</v>
       </c>
-      <c r="K17" s="47">
+      <c r="K17" s="48">
         <v>15819</v>
       </c>
-      <c r="L17" s="46">
+      <c r="L17" s="47">
         <v>11</v>
       </c>
-      <c r="M17" s="47">
+      <c r="M17" s="48">
         <v>15788</v>
       </c>
-      <c r="N17" s="46">
+      <c r="N17" s="47">
         <v>11</v>
       </c>
-      <c r="O17" s="47">
+      <c r="O17" s="48">
         <v>15696</v>
       </c>
-      <c r="P17" s="46">
+      <c r="P17" s="47">
         <v>11</v>
       </c>
-      <c r="Q17" s="47">
+      <c r="Q17" s="48">
         <v>15735</v>
       </c>
-      <c r="R17" s="46">
+      <c r="R17" s="47">
         <v>11</v>
       </c>
-      <c r="S17" s="47">
+      <c r="S17" s="48">
         <v>15748</v>
       </c>
-      <c r="T17" s="46">
+      <c r="T17" s="47">
         <v>11</v>
       </c>
-      <c r="U17" s="47">
+      <c r="U17" s="48">
         <v>15856</v>
       </c>
-      <c r="V17" s="46">
+      <c r="V17" s="47">
         <v>11</v>
       </c>
-      <c r="W17" s="47">
+      <c r="W17" s="48">
         <v>15977.454545454546</v>
       </c>
-      <c r="X17" s="46">
+      <c r="X17" s="47">
         <v>11</v>
       </c>
-      <c r="Y17" s="47">
+      <c r="Y17" s="48">
         <v>16193.545454545454</v>
       </c>
-      <c r="Z17" s="46">
+      <c r="Z17" s="47">
         <v>11</v>
       </c>
-      <c r="AA17" s="47">
+      <c r="AA17" s="48">
         <v>16416.090909090908</v>
       </c>
-      <c r="AB17" s="46">
+      <c r="AB17" s="47">
         <v>11</v>
       </c>
-      <c r="AC17" s="47">
+      <c r="AC17" s="48">
         <v>16513.909090909092</v>
       </c>
-      <c r="AD17" s="46">
+      <c r="AD17" s="47">
         <v>11</v>
       </c>
-      <c r="AE17" s="47">
+      <c r="AE17" s="48">
         <v>16687</v>
       </c>
-      <c r="AF17" s="46">
+      <c r="AF17" s="47">
         <v>11</v>
       </c>
-      <c r="AG17" s="47">
-[...3 lines deleted...]
-    <row r="18" spans="1:33" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="AG17" s="48">
+        <v>17018</v>
+      </c>
+      <c r="AH17" s="47">
+        <v>11</v>
+      </c>
+      <c r="AI17" s="48">
+        <v>17139</v>
+      </c>
+    </row>
+    <row r="18" spans="1:35" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B18" s="40"/>
-      <c r="C18" s="45" t="s">
+      <c r="C18" s="46" t="s">
         <v>27</v>
       </c>
-      <c r="D18" s="46">
+      <c r="D18" s="47">
         <v>6</v>
       </c>
-      <c r="E18" s="47">
+      <c r="E18" s="49">
         <v>12393</v>
       </c>
-      <c r="F18" s="46">
+      <c r="F18" s="47">
         <v>6</v>
       </c>
-      <c r="G18" s="47">
+      <c r="G18" s="48">
         <v>12411</v>
       </c>
-      <c r="H18" s="48">
+      <c r="H18" s="50">
         <v>6</v>
       </c>
-      <c r="I18" s="48">
+      <c r="I18" s="50">
         <v>12358.666666666666</v>
       </c>
-      <c r="J18" s="46">
+      <c r="J18" s="47">
         <v>6</v>
       </c>
-      <c r="K18" s="47">
+      <c r="K18" s="48">
         <v>12322.5</v>
       </c>
-      <c r="L18" s="46">
+      <c r="L18" s="47">
         <v>6</v>
       </c>
-      <c r="M18" s="47">
+      <c r="M18" s="48">
         <v>12228</v>
       </c>
-      <c r="N18" s="46">
+      <c r="N18" s="47">
         <v>6</v>
       </c>
-      <c r="O18" s="47">
+      <c r="O18" s="48">
         <v>12173</v>
       </c>
-      <c r="P18" s="46">
+      <c r="P18" s="47">
         <v>6</v>
       </c>
-      <c r="Q18" s="47">
+      <c r="Q18" s="48">
         <v>12002</v>
       </c>
-      <c r="R18" s="46">
+      <c r="R18" s="47">
         <v>6</v>
       </c>
-      <c r="S18" s="47">
+      <c r="S18" s="48">
         <v>11840</v>
       </c>
-      <c r="T18" s="46">
+      <c r="T18" s="47">
         <v>6</v>
       </c>
-      <c r="U18" s="47">
+      <c r="U18" s="48">
         <v>11772.333333333334</v>
       </c>
-      <c r="V18" s="46">
+      <c r="V18" s="47">
         <v>6</v>
       </c>
-      <c r="W18" s="47">
+      <c r="W18" s="48">
         <v>11736.333333333334</v>
       </c>
-      <c r="X18" s="46">
+      <c r="X18" s="47">
         <v>6</v>
       </c>
-      <c r="Y18" s="47">
+      <c r="Y18" s="48">
         <v>11715</v>
       </c>
-      <c r="Z18" s="46">
+      <c r="Z18" s="47">
         <v>6</v>
       </c>
-      <c r="AA18" s="47">
+      <c r="AA18" s="48">
         <v>11657.833333333334</v>
       </c>
-      <c r="AB18" s="46">
+      <c r="AB18" s="47">
         <v>6</v>
       </c>
-      <c r="AC18" s="47">
+      <c r="AC18" s="48">
         <v>11659.666666666666</v>
       </c>
-      <c r="AD18" s="46">
+      <c r="AD18" s="47">
         <v>6</v>
       </c>
-      <c r="AE18" s="47">
+      <c r="AE18" s="48">
         <v>11662</v>
       </c>
-      <c r="AF18" s="46">
+      <c r="AF18" s="47">
         <v>6</v>
       </c>
-      <c r="AG18" s="47">
-[...3 lines deleted...]
-    <row r="19" spans="1:33" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="AG18" s="48">
+        <v>11645</v>
+      </c>
+      <c r="AH18" s="47">
+        <v>6</v>
+      </c>
+      <c r="AI18" s="48">
+        <v>11712</v>
+      </c>
+    </row>
+    <row r="19" spans="1:35" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B19" s="40"/>
-      <c r="C19" s="45" t="s">
+      <c r="C19" s="46" t="s">
         <v>28</v>
       </c>
-      <c r="D19" s="46">
+      <c r="D19" s="47">
         <v>3</v>
       </c>
-      <c r="E19" s="47">
+      <c r="E19" s="49">
         <v>20237</v>
       </c>
-      <c r="F19" s="46">
+      <c r="F19" s="47">
         <v>3</v>
       </c>
-      <c r="G19" s="47">
+      <c r="G19" s="48">
         <v>20320</v>
       </c>
-      <c r="H19" s="48">
+      <c r="H19" s="50">
         <v>3</v>
       </c>
-      <c r="I19" s="48">
+      <c r="I19" s="50">
         <v>20246.333333333332</v>
       </c>
-      <c r="J19" s="46">
+      <c r="J19" s="47">
         <v>3</v>
       </c>
-      <c r="K19" s="47">
+      <c r="K19" s="48">
         <v>20104</v>
       </c>
-      <c r="L19" s="46">
+      <c r="L19" s="47">
         <v>3</v>
       </c>
-      <c r="M19" s="47">
+      <c r="M19" s="48">
         <v>20034</v>
       </c>
-      <c r="N19" s="46">
+      <c r="N19" s="47">
         <v>3</v>
       </c>
-      <c r="O19" s="47">
+      <c r="O19" s="48">
         <v>19868</v>
       </c>
-      <c r="P19" s="46">
+      <c r="P19" s="47">
         <v>3</v>
       </c>
-      <c r="Q19" s="47">
+      <c r="Q19" s="48">
         <v>19861</v>
       </c>
-      <c r="R19" s="46">
+      <c r="R19" s="47">
         <v>3</v>
       </c>
-      <c r="S19" s="47">
+      <c r="S19" s="48">
         <v>19800</v>
       </c>
-      <c r="T19" s="46">
+      <c r="T19" s="47">
         <v>3</v>
       </c>
-      <c r="U19" s="47">
+      <c r="U19" s="48">
         <v>19921.333333333332</v>
       </c>
-      <c r="V19" s="46">
+      <c r="V19" s="47">
         <v>3</v>
       </c>
-      <c r="W19" s="47">
+      <c r="W19" s="48">
         <v>19927</v>
       </c>
-      <c r="X19" s="46">
+      <c r="X19" s="47">
         <v>3</v>
       </c>
-      <c r="Y19" s="47">
+      <c r="Y19" s="48">
         <v>20010.666666666668</v>
       </c>
-      <c r="Z19" s="46">
+      <c r="Z19" s="47">
         <v>3</v>
       </c>
-      <c r="AA19" s="47">
+      <c r="AA19" s="48">
         <v>20276</v>
       </c>
-      <c r="AB19" s="46">
+      <c r="AB19" s="47">
         <v>3</v>
       </c>
-      <c r="AC19" s="47">
+      <c r="AC19" s="48">
         <v>20439</v>
       </c>
-      <c r="AD19" s="46">
+      <c r="AD19" s="47">
         <v>3</v>
       </c>
-      <c r="AE19" s="47">
+      <c r="AE19" s="48">
         <v>20610</v>
       </c>
-      <c r="AF19" s="46">
+      <c r="AF19" s="47">
         <v>3</v>
       </c>
-      <c r="AG19" s="47">
-[...3 lines deleted...]
-    <row r="20" spans="1:33" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="AG19" s="48">
+        <v>20729</v>
+      </c>
+      <c r="AH19" s="47">
+        <v>3</v>
+      </c>
+      <c r="AI19" s="48">
+        <v>20998</v>
+      </c>
+    </row>
+    <row r="20" spans="1:35" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B20" s="40"/>
-      <c r="C20" s="45" t="s">
+      <c r="C20" s="46" t="s">
         <v>29</v>
       </c>
-      <c r="D20" s="46">
+      <c r="D20" s="47">
         <v>17</v>
       </c>
-      <c r="E20" s="47">
+      <c r="E20" s="49">
         <v>14932</v>
       </c>
-      <c r="F20" s="46">
+      <c r="F20" s="47">
         <v>17</v>
       </c>
-      <c r="G20" s="47">
+      <c r="G20" s="48">
         <v>15106</v>
       </c>
-      <c r="H20" s="48">
+      <c r="H20" s="50">
         <v>17</v>
       </c>
-      <c r="I20" s="48">
+      <c r="I20" s="50">
         <v>15190.882352941177</v>
       </c>
-      <c r="J20" s="46">
+      <c r="J20" s="47">
         <v>17</v>
       </c>
-      <c r="K20" s="47">
+      <c r="K20" s="48">
         <v>15281.470588235294</v>
       </c>
-      <c r="L20" s="46">
+      <c r="L20" s="47">
         <v>17</v>
       </c>
-      <c r="M20" s="47">
+      <c r="M20" s="48">
         <v>15274</v>
       </c>
-      <c r="N20" s="46">
+      <c r="N20" s="47">
         <v>17</v>
       </c>
-      <c r="O20" s="47">
+      <c r="O20" s="48">
         <v>15317</v>
       </c>
-      <c r="P20" s="46">
+      <c r="P20" s="47">
         <v>17</v>
       </c>
-      <c r="Q20" s="47">
+      <c r="Q20" s="48">
         <v>15377</v>
       </c>
-      <c r="R20" s="46">
+      <c r="R20" s="47">
         <v>17</v>
       </c>
-      <c r="S20" s="47">
+      <c r="S20" s="48">
         <v>15447</v>
       </c>
-      <c r="T20" s="46">
+      <c r="T20" s="47">
         <v>17</v>
       </c>
-      <c r="U20" s="47">
+      <c r="U20" s="48">
         <v>15544.823529411764</v>
       </c>
-      <c r="V20" s="46">
+      <c r="V20" s="47">
         <v>17</v>
       </c>
-      <c r="W20" s="47">
+      <c r="W20" s="48">
         <v>15637.764705882353</v>
       </c>
-      <c r="X20" s="46">
+      <c r="X20" s="47">
         <v>17</v>
       </c>
-      <c r="Y20" s="47">
+      <c r="Y20" s="48">
         <v>15809.470588235294</v>
       </c>
-      <c r="Z20" s="46">
+      <c r="Z20" s="47">
         <v>17</v>
       </c>
-      <c r="AA20" s="47">
+      <c r="AA20" s="48">
         <v>16002.470588235294</v>
       </c>
-      <c r="AB20" s="46">
+      <c r="AB20" s="47">
         <v>17</v>
       </c>
-      <c r="AC20" s="47">
+      <c r="AC20" s="48">
         <v>16092.941176470587</v>
       </c>
-      <c r="AD20" s="46">
+      <c r="AD20" s="47">
         <v>17</v>
       </c>
-      <c r="AE20" s="47">
+      <c r="AE20" s="48">
         <v>16268</v>
       </c>
-      <c r="AF20" s="46">
+      <c r="AF20" s="47">
         <v>17</v>
       </c>
-      <c r="AG20" s="47">
-[...3 lines deleted...]
-    <row r="21" spans="1:33" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="AG20" s="48">
+        <v>16515</v>
+      </c>
+      <c r="AH20" s="47">
+        <v>17</v>
+      </c>
+      <c r="AI20" s="48">
+        <v>16688</v>
+      </c>
+    </row>
+    <row r="21" spans="1:35" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B21" s="40"/>
-      <c r="C21" s="45" t="s">
+      <c r="C21" s="46" t="s">
         <v>30</v>
       </c>
-      <c r="D21" s="46">
+      <c r="D21" s="47">
         <v>12</v>
       </c>
-      <c r="E21" s="47">
+      <c r="E21" s="49">
         <v>16553</v>
       </c>
-      <c r="F21" s="46">
+      <c r="F21" s="47">
         <v>12</v>
       </c>
-      <c r="G21" s="47">
+      <c r="G21" s="48">
         <v>16698</v>
       </c>
-      <c r="H21" s="48">
+      <c r="H21" s="50">
         <v>12</v>
       </c>
-      <c r="I21" s="48">
+      <c r="I21" s="50">
         <v>16681.25</v>
       </c>
-      <c r="J21" s="46">
+      <c r="J21" s="47">
         <v>12</v>
       </c>
-      <c r="K21" s="47">
+      <c r="K21" s="48">
         <v>16604.5</v>
       </c>
-      <c r="L21" s="46">
+      <c r="L21" s="47">
         <v>12</v>
       </c>
-      <c r="M21" s="47">
+      <c r="M21" s="48">
         <v>16450</v>
       </c>
-      <c r="N21" s="46">
+      <c r="N21" s="47">
         <v>12</v>
       </c>
-      <c r="O21" s="47">
+      <c r="O21" s="48">
         <v>16475</v>
       </c>
-      <c r="P21" s="46">
+      <c r="P21" s="47">
         <v>12</v>
       </c>
-      <c r="Q21" s="47">
+      <c r="Q21" s="48">
         <v>16460</v>
       </c>
-      <c r="R21" s="46">
+      <c r="R21" s="47">
         <v>12</v>
       </c>
-      <c r="S21" s="47">
+      <c r="S21" s="48">
         <v>16462</v>
       </c>
-      <c r="T21" s="46">
+      <c r="T21" s="47">
         <v>12</v>
       </c>
-      <c r="U21" s="47">
+      <c r="U21" s="48">
         <v>16505.75</v>
       </c>
-      <c r="V21" s="46">
+      <c r="V21" s="47">
         <v>12</v>
       </c>
-      <c r="W21" s="47">
+      <c r="W21" s="48">
         <v>16624.916666666668</v>
       </c>
-      <c r="X21" s="46">
+      <c r="X21" s="47">
         <v>12</v>
       </c>
-      <c r="Y21" s="47">
+      <c r="Y21" s="48">
         <v>16844.75</v>
       </c>
-      <c r="Z21" s="46">
+      <c r="Z21" s="47">
         <v>12</v>
       </c>
-      <c r="AA21" s="47">
+      <c r="AA21" s="48">
         <v>17080.75</v>
       </c>
-      <c r="AB21" s="46">
+      <c r="AB21" s="47">
         <v>12</v>
       </c>
-      <c r="AC21" s="47">
+      <c r="AC21" s="48">
         <v>17069.5</v>
       </c>
-      <c r="AD21" s="46">
+      <c r="AD21" s="47">
         <v>12</v>
       </c>
-      <c r="AE21" s="47">
+      <c r="AE21" s="48">
         <v>17118</v>
       </c>
-      <c r="AF21" s="46">
+      <c r="AF21" s="47">
         <v>12</v>
       </c>
-      <c r="AG21" s="47">
-[...3 lines deleted...]
-    <row r="22" spans="1:33" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="AG21" s="48">
+        <v>17273</v>
+      </c>
+      <c r="AH21" s="47">
+        <v>12</v>
+      </c>
+      <c r="AI21" s="48">
+        <v>17408</v>
+      </c>
+    </row>
+    <row r="22" spans="1:35" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B22" s="40"/>
-      <c r="C22" s="45" t="s">
+      <c r="C22" s="46" t="s">
         <v>31</v>
       </c>
-      <c r="D22" s="46">
+      <c r="D22" s="47">
         <v>5</v>
       </c>
-      <c r="E22" s="47">
+      <c r="E22" s="49">
         <v>19902</v>
       </c>
-      <c r="F22" s="46">
+      <c r="F22" s="47">
         <v>5</v>
       </c>
-      <c r="G22" s="47">
+      <c r="G22" s="48">
         <v>20270</v>
       </c>
-      <c r="H22" s="48">
+      <c r="H22" s="50">
         <v>5</v>
       </c>
-      <c r="I22" s="48">
+      <c r="I22" s="50">
         <v>20600.599999999999</v>
       </c>
-      <c r="J22" s="46">
+      <c r="J22" s="47">
         <v>5</v>
       </c>
-      <c r="K22" s="47">
+      <c r="K22" s="48">
         <v>20845.400000000001</v>
       </c>
-      <c r="L22" s="46">
+      <c r="L22" s="47">
         <v>5</v>
       </c>
-      <c r="M22" s="47">
+      <c r="M22" s="48">
         <v>20828</v>
       </c>
-      <c r="N22" s="46">
+      <c r="N22" s="47">
         <v>5</v>
       </c>
-      <c r="O22" s="47">
+      <c r="O22" s="48">
         <v>20714</v>
       </c>
-      <c r="P22" s="46">
+      <c r="P22" s="47">
         <v>5</v>
       </c>
-      <c r="Q22" s="47">
+      <c r="Q22" s="48">
         <v>20792</v>
       </c>
-      <c r="R22" s="46">
+      <c r="R22" s="47">
         <v>5</v>
       </c>
-      <c r="S22" s="47">
+      <c r="S22" s="48">
         <v>20812</v>
       </c>
-      <c r="T22" s="46">
+      <c r="T22" s="47">
         <v>5</v>
       </c>
-      <c r="U22" s="47">
+      <c r="U22" s="48">
         <v>20993</v>
       </c>
-      <c r="V22" s="46">
+      <c r="V22" s="47">
         <v>5</v>
       </c>
-      <c r="W22" s="47">
+      <c r="W22" s="48">
         <v>21239.8</v>
       </c>
-      <c r="X22" s="46">
+      <c r="X22" s="47">
         <v>5</v>
       </c>
-      <c r="Y22" s="47">
+      <c r="Y22" s="48">
         <v>21515.200000000001</v>
       </c>
-      <c r="Z22" s="46">
+      <c r="Z22" s="47">
         <v>5</v>
       </c>
-      <c r="AA22" s="47">
+      <c r="AA22" s="48">
         <v>21970.2</v>
       </c>
-      <c r="AB22" s="46">
+      <c r="AB22" s="47">
         <v>5</v>
       </c>
-      <c r="AC22" s="47">
+      <c r="AC22" s="48">
         <v>22360.2</v>
       </c>
-      <c r="AD22" s="46">
+      <c r="AD22" s="47">
         <v>5</v>
       </c>
-      <c r="AE22" s="47">
+      <c r="AE22" s="48">
         <v>22906</v>
       </c>
-      <c r="AF22" s="46">
+      <c r="AF22" s="47">
         <v>5</v>
       </c>
-      <c r="AG22" s="47">
-[...3 lines deleted...]
-    <row r="23" spans="1:33" ht="24.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="AG22" s="48">
+        <v>23510</v>
+      </c>
+      <c r="AH22" s="47">
+        <v>5</v>
+      </c>
+      <c r="AI22" s="48">
+        <v>24227</v>
+      </c>
+    </row>
+    <row r="23" spans="1:35" ht="24.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B23" s="40"/>
-      <c r="C23" s="45" t="s">
+      <c r="C23" s="46" t="s">
         <v>32</v>
       </c>
-      <c r="D23" s="46">
+      <c r="D23" s="47">
         <v>4</v>
       </c>
-      <c r="E23" s="47">
+      <c r="E23" s="49">
         <v>13640</v>
       </c>
-      <c r="F23" s="46">
+      <c r="F23" s="47">
         <v>4</v>
       </c>
-      <c r="G23" s="47">
+      <c r="G23" s="48">
         <v>13704</v>
       </c>
-      <c r="H23" s="48">
+      <c r="H23" s="50">
         <v>4</v>
       </c>
-      <c r="I23" s="48">
+      <c r="I23" s="50">
         <v>13725</v>
       </c>
-      <c r="J23" s="49">
+      <c r="J23" s="51">
         <v>4</v>
       </c>
-      <c r="K23" s="50">
+      <c r="K23" s="52">
         <v>13738.5</v>
       </c>
-      <c r="L23" s="49">
+      <c r="L23" s="51">
         <v>4</v>
       </c>
-      <c r="M23" s="50">
+      <c r="M23" s="52">
         <v>13714</v>
       </c>
-      <c r="N23" s="49">
+      <c r="N23" s="51">
         <v>4</v>
       </c>
-      <c r="O23" s="50">
+      <c r="O23" s="52">
         <v>13656</v>
       </c>
-      <c r="P23" s="49">
+      <c r="P23" s="51">
         <v>4</v>
       </c>
-      <c r="Q23" s="50">
+      <c r="Q23" s="52">
         <v>13704</v>
       </c>
-      <c r="R23" s="49">
+      <c r="R23" s="51">
         <v>4</v>
       </c>
-      <c r="S23" s="50">
+      <c r="S23" s="52">
         <v>13710</v>
       </c>
-      <c r="T23" s="49">
+      <c r="T23" s="51">
         <v>4</v>
       </c>
-      <c r="U23" s="50">
+      <c r="U23" s="52">
         <v>13649.25</v>
       </c>
-      <c r="V23" s="49">
+      <c r="V23" s="51">
         <v>4</v>
       </c>
-      <c r="W23" s="50">
+      <c r="W23" s="52">
         <v>13620.75</v>
       </c>
-      <c r="X23" s="49">
+      <c r="X23" s="51">
         <v>4</v>
       </c>
-      <c r="Y23" s="50">
+      <c r="Y23" s="52">
         <v>13622.75</v>
       </c>
-      <c r="Z23" s="49">
+      <c r="Z23" s="51">
         <v>4</v>
       </c>
-      <c r="AA23" s="50">
+      <c r="AA23" s="52">
         <v>13718.5</v>
       </c>
-      <c r="AB23" s="49">
+      <c r="AB23" s="51">
         <v>4</v>
       </c>
-      <c r="AC23" s="50">
+      <c r="AC23" s="52">
         <v>13743.75</v>
       </c>
-      <c r="AD23" s="49">
+      <c r="AD23" s="51">
         <v>4</v>
       </c>
-      <c r="AE23" s="50">
+      <c r="AE23" s="52">
         <v>13742</v>
       </c>
-      <c r="AF23" s="49">
+      <c r="AF23" s="51">
         <v>4</v>
       </c>
-      <c r="AG23" s="50">
-[...3 lines deleted...]
-    <row r="24" spans="1:33" s="22" customFormat="1" ht="17.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="AG23" s="52">
+        <v>13732</v>
+      </c>
+      <c r="AH23" s="51">
+        <v>4</v>
+      </c>
+      <c r="AI23" s="52">
+        <v>13768</v>
+      </c>
+    </row>
+    <row r="24" spans="1:35" s="22" customFormat="1" ht="17.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="C24" s="23" t="s">
         <v>33</v>
       </c>
       <c r="D24" s="39">
         <v>89</v>
       </c>
       <c r="E24" s="29">
         <v>16253</v>
       </c>
       <c r="F24" s="39">
         <v>89</v>
       </c>
       <c r="G24" s="29">
         <v>16427</v>
       </c>
       <c r="H24" s="39">
         <v>89</v>
       </c>
       <c r="I24" s="24">
         <v>16517.629213483146</v>
       </c>
       <c r="J24" s="39">
         <v>89</v>
       </c>
       <c r="K24" s="29">
@@ -3426,813 +3497,818 @@
       <c r="Y24" s="29">
         <v>16598.866666666665</v>
       </c>
       <c r="Z24" s="39">
         <v>90</v>
       </c>
       <c r="AA24" s="29">
         <v>16791.677777777779</v>
       </c>
       <c r="AB24" s="39">
         <v>90</v>
       </c>
       <c r="AC24" s="29">
         <v>16872.066666666666</v>
       </c>
       <c r="AD24" s="39">
         <v>90</v>
       </c>
       <c r="AE24" s="29">
         <v>17020.866666666665</v>
       </c>
       <c r="AF24" s="39">
         <v>90</v>
       </c>
       <c r="AG24" s="29">
-        <v>17188.977777777778</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:33" x14ac:dyDescent="0.2">
+        <v>17241</v>
+      </c>
+      <c r="AH24" s="39">
+        <v>90</v>
+      </c>
+      <c r="AI24" s="29">
+        <v>17428</v>
+      </c>
+    </row>
+    <row r="25" spans="1:35" x14ac:dyDescent="0.2">
       <c r="A25" s="19"/>
       <c r="B25" s="19"/>
-      <c r="C25" s="75" t="s">
+      <c r="C25" s="77" t="s">
         <v>54</v>
       </c>
-      <c r="D25" s="75"/>
-[...10 lines deleted...]
-      <c r="O25" s="75"/>
+      <c r="D25" s="77"/>
+      <c r="E25" s="77"/>
+      <c r="F25" s="77"/>
+      <c r="G25" s="77"/>
+      <c r="H25" s="77"/>
+      <c r="I25" s="77"/>
+      <c r="J25" s="77"/>
+      <c r="K25" s="77"/>
+      <c r="L25" s="77"/>
+      <c r="M25" s="77"/>
+      <c r="N25" s="77"/>
+      <c r="O25" s="77"/>
       <c r="P25" s="19"/>
       <c r="Q25" s="19"/>
       <c r="R25" s="19"/>
       <c r="S25" s="19"/>
-      <c r="Z25" s="56"/>
-[...4 lines deleted...]
-    <row r="26" spans="1:33" s="15" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="Z25" s="58"/>
+      <c r="AB25" s="88"/>
+      <c r="AC25" s="85"/>
+      <c r="AD25" s="87"/>
+    </row>
+    <row r="26" spans="1:35" s="15" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A26" s="19"/>
       <c r="B26" s="19"/>
-      <c r="C26" s="75" t="s">
+      <c r="C26" s="77" t="s">
         <v>10</v>
       </c>
-      <c r="D26" s="75"/>
-[...11 lines deleted...]
-      <c r="P26" s="55"/>
+      <c r="D26" s="77"/>
+      <c r="E26" s="77"/>
+      <c r="F26" s="77"/>
+      <c r="G26" s="77"/>
+      <c r="H26" s="77"/>
+      <c r="I26" s="77"/>
+      <c r="J26" s="77"/>
+      <c r="K26" s="77"/>
+      <c r="L26" s="77"/>
+      <c r="M26" s="77"/>
+      <c r="N26" s="77"/>
+      <c r="O26" s="77"/>
+      <c r="P26" s="57"/>
       <c r="Q26" s="16"/>
       <c r="R26" s="2"/>
       <c r="S26" s="2"/>
-      <c r="AB26" s="87"/>
-[...3 lines deleted...]
-    <row r="27" spans="1:33" s="15" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="AB26" s="89"/>
+      <c r="AC26" s="88"/>
+      <c r="AD26" s="89"/>
+    </row>
+    <row r="27" spans="1:35" s="15" customFormat="1" x14ac:dyDescent="0.2">
       <c r="A27" s="19"/>
       <c r="B27" s="19"/>
-      <c r="C27" s="75" t="s">
-[...13 lines deleted...]
-      <c r="O27" s="75"/>
+      <c r="C27" s="77"/>
+      <c r="D27" s="77"/>
+      <c r="E27" s="77"/>
+      <c r="F27" s="77"/>
+      <c r="G27" s="77"/>
+      <c r="H27" s="77"/>
+      <c r="I27" s="77"/>
+      <c r="J27" s="77"/>
+      <c r="K27" s="77"/>
+      <c r="L27" s="77"/>
+      <c r="M27" s="77"/>
+      <c r="N27" s="77"/>
+      <c r="O27" s="77"/>
       <c r="P27" s="16"/>
       <c r="Q27" s="16"/>
       <c r="R27" s="2"/>
-      <c r="S27" s="74"/>
-      <c r="U27" s="73"/>
+      <c r="S27" s="76"/>
+      <c r="U27" s="75"/>
       <c r="AA27" s="36" t="s">
         <v>40</v>
       </c>
-      <c r="AB27" s="87"/>
-[...3 lines deleted...]
-    <row r="28" spans="1:33" s="15" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="AB27" s="89"/>
+      <c r="AC27" s="89"/>
+      <c r="AD27" s="89"/>
+    </row>
+    <row r="28" spans="1:35" s="15" customFormat="1" x14ac:dyDescent="0.2">
       <c r="C28" s="20"/>
       <c r="K28" s="36"/>
       <c r="O28" s="2"/>
       <c r="P28" s="2"/>
       <c r="Q28" s="2"/>
       <c r="R28" s="2"/>
       <c r="S28" s="2"/>
-      <c r="AB28" s="84"/>
-[...77 lines deleted...]
-      <c r="AD32" s="85"/>
+      <c r="AB28" s="86"/>
+      <c r="AC28" s="89"/>
+      <c r="AD28" s="89"/>
+    </row>
+    <row r="29" spans="1:35" x14ac:dyDescent="0.2">
+      <c r="C29" s="67"/>
+      <c r="D29" s="68"/>
+      <c r="E29" s="67"/>
+      <c r="F29" s="69"/>
+      <c r="G29" s="67"/>
+      <c r="H29" s="69"/>
+      <c r="I29" s="67"/>
+      <c r="J29" s="69"/>
+      <c r="K29" s="70"/>
+      <c r="L29" s="70"/>
+      <c r="M29" s="70"/>
+      <c r="N29" s="74"/>
+      <c r="O29" s="74"/>
+      <c r="W29" s="57"/>
+      <c r="AB29" s="87"/>
+      <c r="AC29" s="87"/>
+      <c r="AD29" s="87"/>
+    </row>
+    <row r="30" spans="1:35" x14ac:dyDescent="0.2">
+      <c r="C30" s="67"/>
+      <c r="D30" s="68"/>
+      <c r="E30" s="67"/>
+      <c r="F30" s="69"/>
+      <c r="G30" s="67"/>
+      <c r="H30" s="69"/>
+      <c r="I30" s="67"/>
+      <c r="J30" s="69"/>
+      <c r="K30" s="70"/>
+      <c r="L30" s="70"/>
+      <c r="M30" s="70"/>
+      <c r="N30" s="74"/>
+      <c r="O30" s="74"/>
+      <c r="W30" s="57"/>
+      <c r="AB30" s="87"/>
+      <c r="AC30" s="87"/>
+      <c r="AD30" s="87"/>
+    </row>
+    <row r="31" spans="1:35" x14ac:dyDescent="0.2">
+      <c r="C31" s="67"/>
+      <c r="D31" s="68"/>
+      <c r="E31" s="67"/>
+      <c r="F31" s="69"/>
+      <c r="G31" s="67"/>
+      <c r="H31" s="69"/>
+      <c r="I31" s="67"/>
+      <c r="J31" s="69"/>
+      <c r="K31" s="70"/>
+      <c r="L31" s="70"/>
+      <c r="M31" s="70"/>
+      <c r="N31" s="74"/>
+      <c r="O31" s="74"/>
+      <c r="W31" s="57"/>
+      <c r="AB31" s="87"/>
+      <c r="AC31" s="87"/>
+      <c r="AD31" s="87"/>
+    </row>
+    <row r="32" spans="1:35" x14ac:dyDescent="0.2">
+      <c r="C32" s="67"/>
+      <c r="D32" s="68"/>
+      <c r="E32" s="67"/>
+      <c r="F32" s="69"/>
+      <c r="G32" s="67"/>
+      <c r="H32" s="69"/>
+      <c r="I32" s="67"/>
+      <c r="J32" s="69"/>
+      <c r="K32" s="70"/>
+      <c r="L32" s="70"/>
+      <c r="M32" s="70"/>
+      <c r="N32" s="74"/>
+      <c r="O32" s="74"/>
+      <c r="W32" s="57"/>
+      <c r="AB32" s="87"/>
+      <c r="AC32" s="87"/>
+      <c r="AD32" s="87"/>
     </row>
     <row r="33" spans="3:30" x14ac:dyDescent="0.2">
-      <c r="C33" s="65"/>
-[...15 lines deleted...]
-      <c r="AD33" s="85"/>
+      <c r="C33" s="67"/>
+      <c r="D33" s="68"/>
+      <c r="E33" s="67"/>
+      <c r="F33" s="69"/>
+      <c r="G33" s="67"/>
+      <c r="H33" s="69"/>
+      <c r="I33" s="67"/>
+      <c r="J33" s="69"/>
+      <c r="K33" s="70"/>
+      <c r="L33" s="70"/>
+      <c r="M33" s="70"/>
+      <c r="N33" s="74"/>
+      <c r="O33" s="74"/>
+      <c r="W33" s="57"/>
+      <c r="AB33" s="87"/>
+      <c r="AC33" s="87"/>
+      <c r="AD33" s="87"/>
     </row>
     <row r="34" spans="3:30" x14ac:dyDescent="0.2">
-      <c r="C34" s="65"/>
-[...15 lines deleted...]
-      <c r="AD34" s="85"/>
+      <c r="C34" s="67"/>
+      <c r="D34" s="68"/>
+      <c r="E34" s="67"/>
+      <c r="F34" s="69"/>
+      <c r="G34" s="67"/>
+      <c r="H34" s="69"/>
+      <c r="I34" s="67"/>
+      <c r="J34" s="69"/>
+      <c r="K34" s="70"/>
+      <c r="L34" s="70"/>
+      <c r="M34" s="70"/>
+      <c r="N34" s="74"/>
+      <c r="O34" s="74"/>
+      <c r="W34" s="57"/>
+      <c r="AB34" s="87"/>
+      <c r="AC34" s="87"/>
+      <c r="AD34" s="87"/>
     </row>
     <row r="35" spans="3:30" x14ac:dyDescent="0.2">
-      <c r="C35" s="65"/>
-[...15 lines deleted...]
-      <c r="AD35" s="85"/>
+      <c r="C35" s="67"/>
+      <c r="D35" s="68"/>
+      <c r="E35" s="67"/>
+      <c r="F35" s="69"/>
+      <c r="G35" s="67"/>
+      <c r="H35" s="69"/>
+      <c r="I35" s="67"/>
+      <c r="J35" s="69"/>
+      <c r="K35" s="70"/>
+      <c r="L35" s="70"/>
+      <c r="M35" s="70"/>
+      <c r="N35" s="74"/>
+      <c r="O35" s="74"/>
+      <c r="W35" s="57"/>
+      <c r="AB35" s="87"/>
+      <c r="AC35" s="87"/>
+      <c r="AD35" s="87"/>
     </row>
     <row r="36" spans="3:30" x14ac:dyDescent="0.2">
-      <c r="C36" s="65"/>
-[...15 lines deleted...]
-      <c r="AD36" s="85"/>
+      <c r="C36" s="67"/>
+      <c r="D36" s="68"/>
+      <c r="E36" s="67"/>
+      <c r="F36" s="69"/>
+      <c r="G36" s="67"/>
+      <c r="H36" s="69"/>
+      <c r="I36" s="67"/>
+      <c r="J36" s="69"/>
+      <c r="K36" s="70"/>
+      <c r="L36" s="70"/>
+      <c r="M36" s="70"/>
+      <c r="N36" s="74"/>
+      <c r="O36" s="74"/>
+      <c r="W36" s="57"/>
+      <c r="AB36" s="87"/>
+      <c r="AC36" s="87"/>
+      <c r="AD36" s="87"/>
     </row>
     <row r="37" spans="3:30" x14ac:dyDescent="0.2">
-      <c r="C37" s="65"/>
-[...15 lines deleted...]
-      <c r="AD37" s="85"/>
+      <c r="C37" s="67"/>
+      <c r="D37" s="68"/>
+      <c r="E37" s="67"/>
+      <c r="F37" s="69"/>
+      <c r="G37" s="67"/>
+      <c r="H37" s="69"/>
+      <c r="I37" s="67"/>
+      <c r="J37" s="69"/>
+      <c r="K37" s="70"/>
+      <c r="L37" s="70"/>
+      <c r="M37" s="70"/>
+      <c r="N37" s="74"/>
+      <c r="O37" s="74"/>
+      <c r="W37" s="57"/>
+      <c r="AB37" s="87"/>
+      <c r="AC37" s="87"/>
+      <c r="AD37" s="87"/>
     </row>
     <row r="38" spans="3:30" x14ac:dyDescent="0.2">
-      <c r="C38" s="65"/>
-[...14 lines deleted...]
-      <c r="AD38" s="85"/>
+      <c r="C38" s="67"/>
+      <c r="D38" s="68"/>
+      <c r="E38" s="67"/>
+      <c r="F38" s="69"/>
+      <c r="G38" s="67"/>
+      <c r="H38" s="69"/>
+      <c r="I38" s="67"/>
+      <c r="J38" s="69"/>
+      <c r="K38" s="70"/>
+      <c r="L38" s="70"/>
+      <c r="M38" s="70"/>
+      <c r="N38" s="74"/>
+      <c r="O38" s="74"/>
+      <c r="AB38" s="87"/>
+      <c r="AC38" s="87"/>
+      <c r="AD38" s="87"/>
     </row>
     <row r="39" spans="3:30" x14ac:dyDescent="0.2">
-      <c r="C39" s="65"/>
-[...14 lines deleted...]
-      <c r="AD39" s="85"/>
+      <c r="C39" s="67"/>
+      <c r="D39" s="68"/>
+      <c r="E39" s="67"/>
+      <c r="F39" s="69"/>
+      <c r="G39" s="67"/>
+      <c r="H39" s="69"/>
+      <c r="I39" s="67"/>
+      <c r="J39" s="69"/>
+      <c r="K39" s="70"/>
+      <c r="L39" s="70"/>
+      <c r="M39" s="70"/>
+      <c r="N39" s="74"/>
+      <c r="O39" s="74"/>
+      <c r="AB39" s="87"/>
+      <c r="AC39" s="87"/>
+      <c r="AD39" s="87"/>
     </row>
     <row r="40" spans="3:30" x14ac:dyDescent="0.2">
-      <c r="C40" s="65"/>
-[...14 lines deleted...]
-      <c r="AD40" s="85"/>
+      <c r="C40" s="67"/>
+      <c r="D40" s="68"/>
+      <c r="E40" s="67"/>
+      <c r="F40" s="69"/>
+      <c r="G40" s="67"/>
+      <c r="H40" s="69"/>
+      <c r="I40" s="67"/>
+      <c r="J40" s="69"/>
+      <c r="K40" s="70"/>
+      <c r="L40" s="70"/>
+      <c r="M40" s="70"/>
+      <c r="N40" s="74"/>
+      <c r="O40" s="74"/>
+      <c r="AB40" s="87"/>
+      <c r="AC40" s="87"/>
+      <c r="AD40" s="87"/>
     </row>
     <row r="41" spans="3:30" x14ac:dyDescent="0.2">
-      <c r="C41" s="65"/>
-[...14 lines deleted...]
-      <c r="AD41" s="85"/>
+      <c r="C41" s="67"/>
+      <c r="D41" s="68"/>
+      <c r="E41" s="67"/>
+      <c r="F41" s="69"/>
+      <c r="G41" s="67"/>
+      <c r="H41" s="69"/>
+      <c r="I41" s="67"/>
+      <c r="J41" s="69"/>
+      <c r="K41" s="70"/>
+      <c r="L41" s="70"/>
+      <c r="M41" s="70"/>
+      <c r="N41" s="74"/>
+      <c r="O41" s="74"/>
+      <c r="AB41" s="87"/>
+      <c r="AC41" s="87"/>
+      <c r="AD41" s="87"/>
     </row>
     <row r="42" spans="3:30" x14ac:dyDescent="0.2">
-      <c r="C42" s="65"/>
-[...14 lines deleted...]
-      <c r="AD42" s="85"/>
+      <c r="C42" s="67"/>
+      <c r="D42" s="68"/>
+      <c r="E42" s="67"/>
+      <c r="F42" s="69"/>
+      <c r="G42" s="67"/>
+      <c r="H42" s="69"/>
+      <c r="I42" s="67"/>
+      <c r="J42" s="69"/>
+      <c r="K42" s="70"/>
+      <c r="L42" s="70"/>
+      <c r="M42" s="70"/>
+      <c r="N42" s="74"/>
+      <c r="O42" s="74"/>
+      <c r="AB42" s="87"/>
+      <c r="AC42" s="87"/>
+      <c r="AD42" s="87"/>
     </row>
     <row r="43" spans="3:30" x14ac:dyDescent="0.2">
-      <c r="C43" s="65"/>
-[...14 lines deleted...]
-      <c r="AD43" s="85"/>
+      <c r="C43" s="67"/>
+      <c r="D43" s="68"/>
+      <c r="E43" s="67"/>
+      <c r="F43" s="69"/>
+      <c r="G43" s="67"/>
+      <c r="H43" s="69"/>
+      <c r="I43" s="67"/>
+      <c r="J43" s="69"/>
+      <c r="K43" s="70"/>
+      <c r="L43" s="70"/>
+      <c r="M43" s="70"/>
+      <c r="N43" s="74"/>
+      <c r="O43" s="74"/>
+      <c r="AB43" s="87"/>
+      <c r="AC43" s="87"/>
+      <c r="AD43" s="87"/>
     </row>
     <row r="44" spans="3:30" x14ac:dyDescent="0.2">
-      <c r="C44" s="65"/>
-[...14 lines deleted...]
-      <c r="AD44" s="85"/>
+      <c r="C44" s="67"/>
+      <c r="D44" s="68"/>
+      <c r="E44" s="67"/>
+      <c r="F44" s="69"/>
+      <c r="G44" s="67"/>
+      <c r="H44" s="69"/>
+      <c r="I44" s="67"/>
+      <c r="J44" s="69"/>
+      <c r="K44" s="70"/>
+      <c r="L44" s="70"/>
+      <c r="M44" s="70"/>
+      <c r="N44" s="74"/>
+      <c r="O44" s="74"/>
+      <c r="AB44" s="87"/>
+      <c r="AC44" s="87"/>
+      <c r="AD44" s="87"/>
     </row>
     <row r="45" spans="3:30" x14ac:dyDescent="0.2">
-      <c r="C45" s="65"/>
-[...14 lines deleted...]
-      <c r="AD45" s="85"/>
+      <c r="C45" s="67"/>
+      <c r="D45" s="68"/>
+      <c r="E45" s="67"/>
+      <c r="F45" s="69"/>
+      <c r="G45" s="67"/>
+      <c r="H45" s="69"/>
+      <c r="I45" s="67"/>
+      <c r="J45" s="69"/>
+      <c r="K45" s="70"/>
+      <c r="L45" s="70"/>
+      <c r="M45" s="70"/>
+      <c r="N45" s="74"/>
+      <c r="O45" s="74"/>
+      <c r="AB45" s="87"/>
+      <c r="AC45" s="87"/>
+      <c r="AD45" s="87"/>
     </row>
     <row r="46" spans="3:30" x14ac:dyDescent="0.2">
-      <c r="C46" s="65"/>
-[...14 lines deleted...]
-      <c r="AD46" s="85"/>
+      <c r="C46" s="67"/>
+      <c r="D46" s="68"/>
+      <c r="E46" s="67"/>
+      <c r="F46" s="69"/>
+      <c r="G46" s="67"/>
+      <c r="H46" s="69"/>
+      <c r="I46" s="67"/>
+      <c r="J46" s="69"/>
+      <c r="K46" s="70"/>
+      <c r="L46" s="70"/>
+      <c r="M46" s="70"/>
+      <c r="N46" s="74"/>
+      <c r="O46" s="74"/>
+      <c r="AB46" s="87"/>
+      <c r="AC46" s="87"/>
+      <c r="AD46" s="87"/>
     </row>
     <row r="47" spans="3:30" x14ac:dyDescent="0.2">
-      <c r="C47" s="65"/>
-[...14 lines deleted...]
-      <c r="AD47" s="85"/>
+      <c r="C47" s="67"/>
+      <c r="D47" s="68"/>
+      <c r="E47" s="67"/>
+      <c r="F47" s="69"/>
+      <c r="G47" s="67"/>
+      <c r="H47" s="69"/>
+      <c r="I47" s="67"/>
+      <c r="J47" s="69"/>
+      <c r="K47" s="70"/>
+      <c r="L47" s="70"/>
+      <c r="M47" s="70"/>
+      <c r="N47" s="74"/>
+      <c r="O47" s="74"/>
+      <c r="AB47" s="87"/>
+      <c r="AC47" s="87"/>
+      <c r="AD47" s="87"/>
     </row>
     <row r="48" spans="3:30" x14ac:dyDescent="0.2">
-      <c r="C48" s="65"/>
-[...14 lines deleted...]
-      <c r="AD48" s="85"/>
+      <c r="C48" s="67"/>
+      <c r="D48" s="68"/>
+      <c r="E48" s="67"/>
+      <c r="F48" s="69"/>
+      <c r="G48" s="67"/>
+      <c r="H48" s="69"/>
+      <c r="I48" s="67"/>
+      <c r="J48" s="69"/>
+      <c r="K48" s="70"/>
+      <c r="L48" s="70"/>
+      <c r="M48" s="70"/>
+      <c r="N48" s="74"/>
+      <c r="O48" s="74"/>
+      <c r="AB48" s="87"/>
+      <c r="AC48" s="87"/>
+      <c r="AD48" s="87"/>
     </row>
     <row r="49" spans="3:30" x14ac:dyDescent="0.2">
-      <c r="C49" s="65"/>
-[...14 lines deleted...]
-      <c r="AD49" s="85"/>
+      <c r="C49" s="67"/>
+      <c r="D49" s="68"/>
+      <c r="E49" s="67"/>
+      <c r="F49" s="69"/>
+      <c r="G49" s="67"/>
+      <c r="H49" s="69"/>
+      <c r="I49" s="67"/>
+      <c r="J49" s="69"/>
+      <c r="K49" s="70"/>
+      <c r="L49" s="70"/>
+      <c r="M49" s="70"/>
+      <c r="N49" s="74"/>
+      <c r="O49" s="74"/>
+      <c r="AB49" s="87"/>
+      <c r="AC49" s="87"/>
+      <c r="AD49" s="87"/>
     </row>
     <row r="50" spans="3:30" x14ac:dyDescent="0.2">
-      <c r="C50" s="65"/>
-[...14 lines deleted...]
-      <c r="AD50" s="85"/>
+      <c r="C50" s="67"/>
+      <c r="D50" s="68"/>
+      <c r="E50" s="67"/>
+      <c r="F50" s="69"/>
+      <c r="G50" s="67"/>
+      <c r="H50" s="69"/>
+      <c r="I50" s="67"/>
+      <c r="J50" s="69"/>
+      <c r="K50" s="70"/>
+      <c r="L50" s="70"/>
+      <c r="M50" s="70"/>
+      <c r="N50" s="74"/>
+      <c r="O50" s="74"/>
+      <c r="AB50" s="87"/>
+      <c r="AC50" s="87"/>
+      <c r="AD50" s="87"/>
     </row>
     <row r="51" spans="3:30" x14ac:dyDescent="0.2">
-      <c r="C51" s="65"/>
-[...14 lines deleted...]
-      <c r="AD51" s="85"/>
+      <c r="C51" s="67"/>
+      <c r="D51" s="68"/>
+      <c r="E51" s="67"/>
+      <c r="F51" s="69"/>
+      <c r="G51" s="67"/>
+      <c r="H51" s="69"/>
+      <c r="I51" s="67"/>
+      <c r="J51" s="69"/>
+      <c r="K51" s="70"/>
+      <c r="L51" s="70"/>
+      <c r="M51" s="70"/>
+      <c r="N51" s="74"/>
+      <c r="O51" s="74"/>
+      <c r="AB51" s="87"/>
+      <c r="AC51" s="87"/>
+      <c r="AD51" s="87"/>
     </row>
     <row r="52" spans="3:30" x14ac:dyDescent="0.2">
-      <c r="C52" s="65"/>
-[...14 lines deleted...]
-      <c r="AD52" s="85"/>
+      <c r="C52" s="67"/>
+      <c r="D52" s="68"/>
+      <c r="E52" s="67"/>
+      <c r="F52" s="69"/>
+      <c r="G52" s="67"/>
+      <c r="H52" s="69"/>
+      <c r="I52" s="67"/>
+      <c r="J52" s="69"/>
+      <c r="K52" s="70"/>
+      <c r="L52" s="70"/>
+      <c r="M52" s="70"/>
+      <c r="N52" s="74"/>
+      <c r="O52" s="74"/>
+      <c r="AB52" s="87"/>
+      <c r="AC52" s="87"/>
+      <c r="AD52" s="87"/>
     </row>
     <row r="53" spans="3:30" x14ac:dyDescent="0.2">
-      <c r="C53" s="65"/>
-[...14 lines deleted...]
-      <c r="AD53" s="85"/>
+      <c r="C53" s="67"/>
+      <c r="D53" s="68"/>
+      <c r="E53" s="67"/>
+      <c r="F53" s="69"/>
+      <c r="G53" s="67"/>
+      <c r="H53" s="69"/>
+      <c r="I53" s="67"/>
+      <c r="J53" s="69"/>
+      <c r="K53" s="70"/>
+      <c r="L53" s="70"/>
+      <c r="M53" s="70"/>
+      <c r="N53" s="74"/>
+      <c r="O53" s="74"/>
+      <c r="AB53" s="87"/>
+      <c r="AC53" s="87"/>
+      <c r="AD53" s="87"/>
     </row>
     <row r="54" spans="3:30" x14ac:dyDescent="0.2">
-      <c r="C54" s="65"/>
-[...14 lines deleted...]
-      <c r="AD54" s="85"/>
+      <c r="C54" s="67"/>
+      <c r="D54" s="68"/>
+      <c r="E54" s="67"/>
+      <c r="F54" s="69"/>
+      <c r="G54" s="67"/>
+      <c r="H54" s="69"/>
+      <c r="I54" s="67"/>
+      <c r="J54" s="69"/>
+      <c r="K54" s="70"/>
+      <c r="L54" s="70"/>
+      <c r="M54" s="70"/>
+      <c r="N54" s="74"/>
+      <c r="O54" s="74"/>
+      <c r="AB54" s="87"/>
+      <c r="AC54" s="87"/>
+      <c r="AD54" s="87"/>
     </row>
     <row r="55" spans="3:30" x14ac:dyDescent="0.2">
-      <c r="C55" s="65"/>
-[...14 lines deleted...]
-      <c r="AD55" s="85"/>
+      <c r="C55" s="67"/>
+      <c r="D55" s="68"/>
+      <c r="E55" s="67"/>
+      <c r="F55" s="69"/>
+      <c r="G55" s="67"/>
+      <c r="H55" s="69"/>
+      <c r="I55" s="67"/>
+      <c r="J55" s="69"/>
+      <c r="K55" s="70"/>
+      <c r="L55" s="70"/>
+      <c r="M55" s="70"/>
+      <c r="N55" s="74"/>
+      <c r="O55" s="74"/>
+      <c r="AB55" s="87"/>
+      <c r="AC55" s="87"/>
+      <c r="AD55" s="87"/>
     </row>
     <row r="56" spans="3:30" x14ac:dyDescent="0.2">
-      <c r="C56" s="65"/>
-[...14 lines deleted...]
-      <c r="AD56" s="85"/>
+      <c r="C56" s="67"/>
+      <c r="D56" s="68"/>
+      <c r="E56" s="67"/>
+      <c r="F56" s="69"/>
+      <c r="G56" s="67"/>
+      <c r="H56" s="69"/>
+      <c r="I56" s="67"/>
+      <c r="J56" s="69"/>
+      <c r="K56" s="70"/>
+      <c r="L56" s="70"/>
+      <c r="M56" s="70"/>
+      <c r="N56" s="74"/>
+      <c r="O56" s="74"/>
+      <c r="AB56" s="87"/>
+      <c r="AC56" s="87"/>
+      <c r="AD56" s="87"/>
     </row>
     <row r="57" spans="3:30" x14ac:dyDescent="0.2">
-      <c r="C57" s="65"/>
-[...14 lines deleted...]
-      <c r="AD57" s="85"/>
+      <c r="C57" s="67"/>
+      <c r="D57" s="68"/>
+      <c r="E57" s="67"/>
+      <c r="F57" s="69"/>
+      <c r="G57" s="67"/>
+      <c r="H57" s="69"/>
+      <c r="I57" s="67"/>
+      <c r="J57" s="69"/>
+      <c r="K57" s="70"/>
+      <c r="L57" s="70"/>
+      <c r="M57" s="70"/>
+      <c r="N57" s="74"/>
+      <c r="O57" s="74"/>
+      <c r="AB57" s="87"/>
+      <c r="AC57" s="87"/>
+      <c r="AD57" s="87"/>
     </row>
     <row r="58" spans="3:30" x14ac:dyDescent="0.2">
-      <c r="C58" s="65"/>
-[...14 lines deleted...]
-      <c r="AD58" s="85"/>
+      <c r="C58" s="67"/>
+      <c r="D58" s="68"/>
+      <c r="E58" s="67"/>
+      <c r="F58" s="69"/>
+      <c r="G58" s="67"/>
+      <c r="H58" s="69"/>
+      <c r="I58" s="67"/>
+      <c r="J58" s="69"/>
+      <c r="K58" s="70"/>
+      <c r="L58" s="70"/>
+      <c r="M58" s="70"/>
+      <c r="N58" s="74"/>
+      <c r="O58" s="74"/>
+      <c r="AB58" s="87"/>
+      <c r="AC58" s="87"/>
+      <c r="AD58" s="87"/>
     </row>
     <row r="59" spans="3:30" x14ac:dyDescent="0.2">
-      <c r="C59" s="65"/>
-[...14 lines deleted...]
-      <c r="AD59" s="85"/>
+      <c r="C59" s="67"/>
+      <c r="D59" s="68"/>
+      <c r="E59" s="67"/>
+      <c r="F59" s="69"/>
+      <c r="G59" s="67"/>
+      <c r="H59" s="69"/>
+      <c r="I59" s="67"/>
+      <c r="J59" s="69"/>
+      <c r="K59" s="70"/>
+      <c r="L59" s="70"/>
+      <c r="M59" s="70"/>
+      <c r="N59" s="74"/>
+      <c r="O59" s="74"/>
+      <c r="AB59" s="87"/>
+      <c r="AC59" s="87"/>
+      <c r="AD59" s="87"/>
     </row>
     <row r="60" spans="3:30" x14ac:dyDescent="0.2">
-      <c r="C60" s="67"/>
-[...14 lines deleted...]
-      <c r="AD60" s="85"/>
+      <c r="C60" s="69"/>
+      <c r="D60" s="71"/>
+      <c r="E60" s="69"/>
+      <c r="F60" s="69"/>
+      <c r="G60" s="69"/>
+      <c r="H60" s="69"/>
+      <c r="I60" s="69"/>
+      <c r="J60" s="72"/>
+      <c r="K60" s="73"/>
+      <c r="L60" s="73"/>
+      <c r="M60" s="73"/>
+      <c r="N60" s="74"/>
+      <c r="O60" s="74"/>
+      <c r="AB60" s="87"/>
+      <c r="AC60" s="87"/>
+      <c r="AD60" s="87"/>
     </row>
     <row r="61" spans="3:30" x14ac:dyDescent="0.2">
-      <c r="C61" s="67"/>
-[...11 lines deleted...]
-      <c r="O61" s="72"/>
+      <c r="C61" s="69"/>
+      <c r="D61" s="71"/>
+      <c r="E61" s="69"/>
+      <c r="F61" s="69"/>
+      <c r="G61" s="69"/>
+      <c r="H61" s="69"/>
+      <c r="I61" s="69"/>
+      <c r="J61" s="72"/>
+      <c r="K61" s="73"/>
+      <c r="L61" s="73"/>
+      <c r="M61" s="73"/>
+      <c r="N61" s="74"/>
+      <c r="O61" s="74"/>
     </row>
     <row r="62" spans="3:30" x14ac:dyDescent="0.2">
-      <c r="C62" s="63"/>
-[...11 lines deleted...]
-      <c r="O62" s="72"/>
+      <c r="C62" s="65"/>
+      <c r="D62" s="66"/>
+      <c r="E62" s="65"/>
+      <c r="F62" s="65"/>
+      <c r="G62" s="65"/>
+      <c r="H62" s="65"/>
+      <c r="I62" s="65"/>
+      <c r="J62" s="65"/>
+      <c r="K62" s="65"/>
+      <c r="L62" s="65"/>
+      <c r="M62" s="65"/>
+      <c r="N62" s="74"/>
+      <c r="O62" s="74"/>
     </row>
     <row r="63" spans="3:30" x14ac:dyDescent="0.2">
-      <c r="C63" s="72"/>
-[...11 lines deleted...]
-      <c r="O63" s="72"/>
+      <c r="C63" s="74"/>
+      <c r="D63" s="74"/>
+      <c r="E63" s="74"/>
+      <c r="F63" s="74"/>
+      <c r="G63" s="74"/>
+      <c r="H63" s="74"/>
+      <c r="I63" s="74"/>
+      <c r="J63" s="74"/>
+      <c r="K63" s="74"/>
+      <c r="L63" s="74"/>
+      <c r="M63" s="74"/>
+      <c r="N63" s="74"/>
+      <c r="O63" s="74"/>
     </row>
     <row r="64" spans="3:30" x14ac:dyDescent="0.2">
-      <c r="C64" s="72"/>
-[...11 lines deleted...]
-      <c r="O64" s="72"/>
+      <c r="C64" s="74"/>
+      <c r="D64" s="74"/>
+      <c r="E64" s="74"/>
+      <c r="F64" s="74"/>
+      <c r="G64" s="74"/>
+      <c r="H64" s="74"/>
+      <c r="I64" s="74"/>
+      <c r="J64" s="74"/>
+      <c r="K64" s="74"/>
+      <c r="L64" s="74"/>
+      <c r="M64" s="74"/>
+      <c r="N64" s="74"/>
+      <c r="O64" s="74"/>
     </row>
   </sheetData>
-  <mergeCells count="18">
+  <mergeCells count="19">
+    <mergeCell ref="N13:O13"/>
     <mergeCell ref="L13:M13"/>
     <mergeCell ref="C10:AC10"/>
     <mergeCell ref="C11:AC11"/>
     <mergeCell ref="AB13:AC13"/>
     <mergeCell ref="Z13:AA13"/>
     <mergeCell ref="X13:Y13"/>
     <mergeCell ref="V13:W13"/>
     <mergeCell ref="C13:C14"/>
     <mergeCell ref="D13:E13"/>
     <mergeCell ref="F13:G13"/>
     <mergeCell ref="H13:I13"/>
     <mergeCell ref="T13:U13"/>
     <mergeCell ref="J13:K13"/>
     <mergeCell ref="R13:S13"/>
     <mergeCell ref="P13:Q13"/>
+    <mergeCell ref="AH13:AI13"/>
     <mergeCell ref="AF13:AG13"/>
     <mergeCell ref="AD13:AE13"/>
-    <mergeCell ref="N13:O13"/>
   </mergeCells>
   <phoneticPr fontId="3" type="noConversion"/>
   <hyperlinks>
     <hyperlink ref="AA27" location="Índice!A1" tooltip="Índice" display="índice"/>
   </hyperlinks>
   <pageMargins left="0.23622047244094491" right="0.23622047244094491" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="70" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
   <colBreaks count="1" manualBreakCount="1">
     <brk id="17" max="1048575" man="1"/>
   </colBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <pageSetUpPr autoPageBreaks="0"/>
   </sheetPr>
   <dimension ref="A5:O28"/>
   <sheetViews>
     <sheetView showGridLines="0" showRowColHeaders="0" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="P15" sqref="P15"/>
     </sheetView>
@@ -4252,429 +4328,429 @@
     <col min="11" max="11" width="7.7109375" style="4" customWidth="1"/>
     <col min="12" max="12" width="15.7109375" style="4" customWidth="1"/>
     <col min="13" max="13" width="6.85546875" style="4" customWidth="1"/>
     <col min="14" max="14" width="11.140625" style="4" customWidth="1"/>
     <col min="15" max="16384" width="11.42578125" style="4"/>
   </cols>
   <sheetData>
     <row r="5" spans="2:15" x14ac:dyDescent="0.2">
       <c r="K5" s="5"/>
       <c r="L5" s="5"/>
       <c r="M5" s="5"/>
     </row>
     <row r="7" spans="2:15" x14ac:dyDescent="0.2">
       <c r="F7" s="16"/>
       <c r="G7" s="16"/>
       <c r="H7" s="16"/>
       <c r="I7" s="16"/>
     </row>
     <row r="8" spans="2:15" x14ac:dyDescent="0.2">
       <c r="F8" s="15"/>
       <c r="G8" s="15"/>
       <c r="H8" s="2"/>
       <c r="I8" s="15"/>
     </row>
     <row r="10" spans="2:15" x14ac:dyDescent="0.2">
-      <c r="B10" s="106" t="s">
+      <c r="B10" s="108" t="s">
         <v>6</v>
       </c>
-      <c r="C10" s="106"/>
-[...9 lines deleted...]
-      <c r="M10" s="106"/>
+      <c r="C10" s="108"/>
+      <c r="D10" s="108"/>
+      <c r="E10" s="108"/>
+      <c r="F10" s="108"/>
+      <c r="G10" s="108"/>
+      <c r="H10" s="108"/>
+      <c r="I10" s="108"/>
+      <c r="J10" s="108"/>
+      <c r="K10" s="108"/>
+      <c r="L10" s="108"/>
+      <c r="M10" s="108"/>
     </row>
     <row r="11" spans="2:15" x14ac:dyDescent="0.2">
-      <c r="B11" s="106" t="s">
+      <c r="B11" s="108" t="s">
         <v>51</v>
       </c>
-      <c r="C11" s="106"/>
-[...9 lines deleted...]
-      <c r="M11" s="106"/>
+      <c r="C11" s="108"/>
+      <c r="D11" s="108"/>
+      <c r="E11" s="108"/>
+      <c r="F11" s="108"/>
+      <c r="G11" s="108"/>
+      <c r="H11" s="108"/>
+      <c r="I11" s="108"/>
+      <c r="J11" s="108"/>
+      <c r="K11" s="108"/>
+      <c r="L11" s="108"/>
+      <c r="M11" s="108"/>
     </row>
     <row r="12" spans="2:15" ht="13.5" thickBot="1" x14ac:dyDescent="0.25"/>
     <row r="13" spans="2:15" x14ac:dyDescent="0.2">
-      <c r="B13" s="109" t="s">
+      <c r="B13" s="111" t="s">
         <v>17</v>
       </c>
-      <c r="C13" s="111" t="s">
+      <c r="C13" s="113" t="s">
         <v>0</v>
       </c>
-      <c r="D13" s="112"/>
-      <c r="E13" s="111" t="s">
+      <c r="D13" s="114"/>
+      <c r="E13" s="113" t="s">
         <v>1</v>
       </c>
-      <c r="F13" s="112"/>
-      <c r="G13" s="111" t="s">
+      <c r="F13" s="114"/>
+      <c r="G13" s="113" t="s">
         <v>2</v>
       </c>
-      <c r="H13" s="112"/>
-      <c r="I13" s="111" t="s">
+      <c r="H13" s="114"/>
+      <c r="I13" s="113" t="s">
         <v>3</v>
       </c>
-      <c r="J13" s="112"/>
-      <c r="K13" s="113" t="s">
+      <c r="J13" s="114"/>
+      <c r="K13" s="115" t="s">
         <v>4</v>
       </c>
-      <c r="L13" s="112"/>
+      <c r="L13" s="114"/>
       <c r="M13" s="10"/>
       <c r="N13" s="10"/>
     </row>
     <row r="14" spans="2:15" ht="30.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="B14" s="110"/>
+      <c r="B14" s="112"/>
       <c r="C14" s="6" t="s">
         <v>5</v>
       </c>
       <c r="D14" s="8" t="s">
         <v>11</v>
       </c>
       <c r="E14" s="6" t="s">
         <v>5</v>
       </c>
       <c r="F14" s="8" t="s">
         <v>12</v>
       </c>
       <c r="G14" s="6" t="s">
         <v>5</v>
       </c>
       <c r="H14" s="8" t="s">
         <v>12</v>
       </c>
       <c r="I14" s="6" t="s">
         <v>5</v>
       </c>
       <c r="J14" s="8" t="s">
         <v>13</v>
       </c>
       <c r="K14" s="7" t="s">
         <v>5</v>
       </c>
       <c r="L14" s="8" t="s">
         <v>14</v>
       </c>
       <c r="M14" s="10"/>
       <c r="N14" s="10"/>
     </row>
     <row r="15" spans="2:15" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B15" s="51" t="s">
+      <c r="B15" s="53" t="s">
         <v>18</v>
       </c>
-      <c r="C15" s="52">
+      <c r="C15" s="54">
         <v>25</v>
       </c>
-      <c r="D15" s="53">
+      <c r="D15" s="55">
         <v>15649</v>
       </c>
-      <c r="E15" s="52">
+      <c r="E15" s="54">
         <v>25</v>
       </c>
-      <c r="F15" s="53">
+      <c r="F15" s="55">
         <v>16466</v>
       </c>
-      <c r="G15" s="52">
+      <c r="G15" s="54">
         <v>25</v>
       </c>
-      <c r="H15" s="53">
+      <c r="H15" s="55">
         <v>16466</v>
       </c>
-      <c r="I15" s="52">
+      <c r="I15" s="54">
         <v>27</v>
       </c>
-      <c r="J15" s="53">
+      <c r="J15" s="55">
         <v>17148</v>
       </c>
-      <c r="K15" s="54">
+      <c r="K15" s="56">
         <v>32</v>
       </c>
-      <c r="L15" s="53">
+      <c r="L15" s="55">
         <v>16127</v>
       </c>
       <c r="M15" s="9"/>
       <c r="N15" s="9"/>
       <c r="O15" s="25"/>
     </row>
     <row r="16" spans="2:15" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B16" s="51" t="s">
+      <c r="B16" s="53" t="s">
         <v>19</v>
       </c>
-      <c r="C16" s="52">
+      <c r="C16" s="54">
         <v>17</v>
       </c>
-      <c r="D16" s="53">
+      <c r="D16" s="55">
         <v>14836</v>
       </c>
-      <c r="E16" s="52">
+      <c r="E16" s="54">
         <v>18</v>
       </c>
-      <c r="F16" s="53">
+      <c r="F16" s="55">
         <v>13985</v>
       </c>
-      <c r="G16" s="52">
+      <c r="G16" s="54">
         <v>18</v>
       </c>
-      <c r="H16" s="53">
+      <c r="H16" s="55">
         <v>13985</v>
       </c>
-      <c r="I16" s="52">
+      <c r="I16" s="54">
         <v>19</v>
       </c>
-      <c r="J16" s="53">
+      <c r="J16" s="55">
         <v>15804</v>
       </c>
-      <c r="K16" s="54">
+      <c r="K16" s="56">
         <v>21</v>
       </c>
-      <c r="L16" s="53">
+      <c r="L16" s="55">
         <v>16573</v>
       </c>
       <c r="M16" s="9"/>
       <c r="N16" s="9"/>
       <c r="O16" s="25"/>
     </row>
     <row r="17" spans="1:15" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B17" s="51" t="s">
+      <c r="B17" s="53" t="s">
         <v>20</v>
       </c>
-      <c r="C17" s="52">
+      <c r="C17" s="54">
         <v>6</v>
       </c>
-      <c r="D17" s="53">
+      <c r="D17" s="55">
         <v>19741</v>
       </c>
-      <c r="E17" s="52">
+      <c r="E17" s="54">
         <v>8</v>
       </c>
-      <c r="F17" s="53">
+      <c r="F17" s="55">
         <v>14783</v>
       </c>
-      <c r="G17" s="52">
+      <c r="G17" s="54">
         <v>8</v>
       </c>
-      <c r="H17" s="53">
+      <c r="H17" s="55">
         <v>14783</v>
       </c>
-      <c r="I17" s="52">
+      <c r="I17" s="54">
         <v>8</v>
       </c>
-      <c r="J17" s="53">
+      <c r="J17" s="55">
         <v>17644</v>
       </c>
-      <c r="K17" s="54">
+      <c r="K17" s="56">
         <v>10</v>
       </c>
-      <c r="L17" s="53">
+      <c r="L17" s="55">
         <v>15963</v>
       </c>
       <c r="M17" s="9"/>
       <c r="N17" s="9"/>
       <c r="O17" s="25"/>
     </row>
     <row r="18" spans="1:15" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B18" s="51" t="s">
+      <c r="B18" s="53" t="s">
         <v>21</v>
       </c>
-      <c r="C18" s="52">
+      <c r="C18" s="54">
         <v>5</v>
       </c>
-      <c r="D18" s="53">
+      <c r="D18" s="55">
         <v>13132</v>
       </c>
-      <c r="E18" s="52">
+      <c r="E18" s="54">
         <v>6</v>
       </c>
-      <c r="F18" s="53">
+      <c r="F18" s="55">
         <v>10808</v>
       </c>
-      <c r="G18" s="52">
+      <c r="G18" s="54">
         <v>6</v>
       </c>
-      <c r="H18" s="53">
+      <c r="H18" s="55">
         <v>10808</v>
       </c>
-      <c r="I18" s="52">
+      <c r="I18" s="54">
         <v>6</v>
       </c>
-      <c r="J18" s="53">
+      <c r="J18" s="55">
         <v>10963</v>
       </c>
-      <c r="K18" s="54">
+      <c r="K18" s="56">
         <v>6</v>
       </c>
-      <c r="L18" s="53">
+      <c r="L18" s="55">
         <v>11649</v>
       </c>
       <c r="M18" s="9"/>
       <c r="N18" s="9"/>
       <c r="O18" s="25"/>
     </row>
     <row r="19" spans="1:15" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B19" s="51" t="s">
+      <c r="B19" s="53" t="s">
         <v>22</v>
       </c>
-      <c r="C19" s="52">
+      <c r="C19" s="54">
         <v>2</v>
       </c>
-      <c r="D19" s="53">
+      <c r="D19" s="55">
         <v>23906</v>
       </c>
-      <c r="E19" s="52">
+      <c r="E19" s="54">
         <v>2</v>
       </c>
-      <c r="F19" s="53">
+      <c r="F19" s="55">
         <v>23727</v>
       </c>
-      <c r="G19" s="52">
+      <c r="G19" s="54">
         <v>2</v>
       </c>
-      <c r="H19" s="53">
+      <c r="H19" s="55">
         <v>23727</v>
       </c>
-      <c r="I19" s="52">
+      <c r="I19" s="54">
         <v>3</v>
       </c>
-      <c r="J19" s="53">
+      <c r="J19" s="55">
         <v>17707</v>
       </c>
-      <c r="K19" s="54">
+      <c r="K19" s="56">
         <v>3</v>
       </c>
-      <c r="L19" s="53">
+      <c r="L19" s="55">
         <v>19247</v>
       </c>
       <c r="M19" s="9"/>
       <c r="N19" s="9"/>
       <c r="O19" s="25"/>
     </row>
     <row r="20" spans="1:15" ht="24.95" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="B20" s="51" t="s">
+      <c r="B20" s="53" t="s">
         <v>23</v>
       </c>
-      <c r="C20" s="52">
+      <c r="C20" s="54">
         <v>8</v>
       </c>
-      <c r="D20" s="53">
+      <c r="D20" s="55">
         <v>18557</v>
       </c>
-      <c r="E20" s="52">
+      <c r="E20" s="54">
         <v>11</v>
       </c>
-      <c r="F20" s="53">
+      <c r="F20" s="55">
         <v>13617</v>
       </c>
-      <c r="G20" s="52">
+      <c r="G20" s="54">
         <v>13</v>
       </c>
-      <c r="H20" s="53">
+      <c r="H20" s="55">
         <v>11522</v>
       </c>
-      <c r="I20" s="52">
+      <c r="I20" s="54">
         <v>13</v>
       </c>
-      <c r="J20" s="53">
+      <c r="J20" s="55">
         <v>12850</v>
       </c>
-      <c r="K20" s="54">
+      <c r="K20" s="56">
         <v>13</v>
       </c>
-      <c r="L20" s="53">
+      <c r="L20" s="55">
         <v>14186</v>
       </c>
       <c r="M20" s="9"/>
       <c r="N20" s="9"/>
       <c r="O20" s="25"/>
     </row>
     <row r="21" spans="1:15" s="26" customFormat="1" ht="18" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B21" s="27" t="s">
         <v>33</v>
       </c>
       <c r="C21" s="28">
         <v>63</v>
       </c>
       <c r="D21" s="29">
         <v>16252</v>
       </c>
       <c r="E21" s="28">
         <v>70</v>
       </c>
       <c r="F21" s="29">
         <v>14937</v>
       </c>
       <c r="G21" s="28">
         <v>72</v>
       </c>
       <c r="H21" s="29">
         <v>14522</v>
       </c>
       <c r="I21" s="28">
         <v>76</v>
       </c>
       <c r="J21" s="29">
         <v>15663</v>
       </c>
       <c r="K21" s="31">
         <v>85</v>
       </c>
       <c r="L21" s="29">
         <v>15715</v>
       </c>
       <c r="M21" s="30"/>
       <c r="N21" s="30"/>
     </row>
     <row r="22" spans="1:15" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A22" s="11"/>
-      <c r="B22" s="75" t="s">
+      <c r="B22" s="77" t="s">
         <v>47</v>
       </c>
       <c r="K22" s="12"/>
     </row>
     <row r="23" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A23" s="11"/>
-      <c r="B23" s="75" t="s">
+      <c r="B23" s="77" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="24" spans="1:15" x14ac:dyDescent="0.2">
-      <c r="B24" s="76" t="s">
+      <c r="B24" s="78" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="25" spans="1:15" x14ac:dyDescent="0.2">
-      <c r="B25" s="75" t="s">
+      <c r="B25" s="77" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="26" spans="1:15" x14ac:dyDescent="0.2">
       <c r="O26" s="3"/>
     </row>
     <row r="27" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A27" s="13"/>
       <c r="B27" s="12"/>
       <c r="L27" s="36" t="s">
         <v>40</v>
       </c>
       <c r="M27" s="13"/>
       <c r="N27" s="5"/>
     </row>
     <row r="28" spans="1:15" x14ac:dyDescent="0.2">
       <c r="D28" s="32"/>
       <c r="E28" s="32"/>
       <c r="F28" s="32"/>
       <c r="G28" s="5"/>
       <c r="H28" s="5"/>
       <c r="I28" s="5"/>
       <c r="J28" s="5"/>
     </row>
   </sheetData>
@@ -4702,49 +4778,49 @@
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Hojas de cálculo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>4</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Rangos con nombre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="7" baseType="lpstr">
       <vt:lpstr>Índice</vt:lpstr>
       <vt:lpstr>Notas</vt:lpstr>
-      <vt:lpstr>Evolución 2009-2023</vt:lpstr>
+      <vt:lpstr>Evolución 2009-2024</vt:lpstr>
       <vt:lpstr>Evolución 1986-2005</vt:lpstr>
-      <vt:lpstr>'Evolución 2009-2023'!Área_de_impresión</vt:lpstr>
+      <vt:lpstr>'Evolución 2009-2024'!Área_de_impresión</vt:lpstr>
       <vt:lpstr>Índice!Área_de_impresión</vt:lpstr>
       <vt:lpstr>Notas!Área_de_impresión</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>..</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>ase38n</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>