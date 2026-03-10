--- v0 (2025-12-05)
+++ v1 (2026-03-10)
@@ -14,69 +14,81 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/style1.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/xl/charts/colors1.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
   <workbookPr defaultThemeVersion="153222"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="T:\SaludInf\Matilde\VRS\Campaña 2025-2026\Coberturas\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="13515" windowHeight="7035" firstSheet="1" activeTab="3"/>
+    <workbookView xWindow="0" yWindow="0" windowWidth="13520" windowHeight="7040" firstSheet="1" activeTab="3"/>
   </bookViews>
   <sheets>
     <sheet name="Nacidos antes - municipios" sheetId="1" r:id="rId1"/>
     <sheet name="Nacidos antes - ZBS" sheetId="2" r:id="rId2"/>
     <sheet name="Nacidos antes - áreas" sheetId="3" r:id="rId3"/>
-    <sheet name="Nacidos 29092025 a 21112025" sheetId="4" r:id="rId4"/>
+    <sheet name="Nacidos 29092025 a 27022026" sheetId="4" r:id="rId4"/>
   </sheets>
-  <calcPr calcId="152511"/>
+  <calcPr calcId="162913"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <c r="F7" i="4" l="1"/>
+  <c r="E7" i="4"/>
+  <c r="F6" i="4"/>
+  <c r="E6" i="4"/>
+  <c r="F5" i="4"/>
+  <c r="E5" i="4"/>
+  <c r="F4" i="4"/>
+  <c r="E4" i="4"/>
+  <c r="F3" i="4"/>
+  <c r="E3" i="4"/>
+  <c r="F2" i="4"/>
+  <c r="E2" i="4"/>
   <c r="C11" i="4" l="1"/>
   <c r="D11" i="4"/>
   <c r="B11" i="4"/>
   <c r="F11" i="4" l="1"/>
   <c r="E11" i="4"/>
   <c r="C8" i="4"/>
   <c r="D8" i="4"/>
   <c r="B8" i="4"/>
   <c r="F8" i="4" l="1"/>
   <c r="E8" i="4"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="167" uniqueCount="157">
   <si>
     <t>ABANILLA</t>
   </si>
   <si>
     <t>ABARÁN</t>
   </si>
   <si>
     <t>ÁGUILAS</t>
   </si>
   <si>
@@ -523,51 +535,51 @@
   <si>
     <t>Recaptados en Primaria</t>
   </si>
   <si>
     <t>Cobertura hospitalaria</t>
   </si>
   <si>
     <t>Cobertura total</t>
   </si>
   <si>
     <t>OJÓS</t>
   </si>
   <si>
     <t>Hospital de la Vega</t>
   </si>
   <si>
     <t>Maternidades del Servicio Murciano de Salud</t>
   </si>
   <si>
     <t>Maternidades privadas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="18"/>
@@ -1109,163 +1121,166 @@
     <xf numFmtId="0" fontId="17" fillId="11" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="2" fillId="12" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="2" fillId="13" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="14" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="15" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="2" fillId="16" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="2" fillId="17" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="18" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="19" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="2" fillId="20" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="2" fillId="21" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="22" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="23" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="2" fillId="24" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="2" fillId="25" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="26" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="27" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="2" fillId="28" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="2" fillId="29" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="30" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="31" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="2" fillId="32" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="2" fillId="33" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="34" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="26">
+  <cellXfs count="27">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="10" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="10" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="35" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="10" fontId="0" fillId="35" borderId="1" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="11" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="12" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="11" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="10" fontId="0" fillId="0" borderId="12" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="35" borderId="11" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="10" fontId="0" fillId="35" borderId="12" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="10" fontId="1" fillId="2" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="10" fontId="1" fillId="3" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
   </cellXfs>
   <cellStyles count="42">
     <cellStyle name="20% - Énfasis1" xfId="19" builtinId="30" customBuiltin="1"/>
     <cellStyle name="20% - Énfasis2" xfId="23" builtinId="34" customBuiltin="1"/>
     <cellStyle name="20% - Énfasis3" xfId="27" builtinId="38" customBuiltin="1"/>
     <cellStyle name="20% - Énfasis4" xfId="31" builtinId="42" customBuiltin="1"/>
     <cellStyle name="20% - Énfasis5" xfId="35" builtinId="46" customBuiltin="1"/>
     <cellStyle name="20% - Énfasis6" xfId="39" builtinId="50" customBuiltin="1"/>
     <cellStyle name="40% - Énfasis1" xfId="20" builtinId="31" customBuiltin="1"/>
     <cellStyle name="40% - Énfasis2" xfId="24" builtinId="35" customBuiltin="1"/>
     <cellStyle name="40% - Énfasis3" xfId="28" builtinId="39" customBuiltin="1"/>
     <cellStyle name="40% - Énfasis4" xfId="32" builtinId="43" customBuiltin="1"/>
     <cellStyle name="40% - Énfasis5" xfId="36" builtinId="47" customBuiltin="1"/>
     <cellStyle name="40% - Énfasis6" xfId="40" builtinId="51" customBuiltin="1"/>
     <cellStyle name="60% - Énfasis1" xfId="21" builtinId="32" customBuiltin="1"/>
     <cellStyle name="60% - Énfasis2" xfId="25" builtinId="36" customBuiltin="1"/>
     <cellStyle name="60% - Énfasis3" xfId="29" builtinId="40" customBuiltin="1"/>
     <cellStyle name="60% - Énfasis4" xfId="33" builtinId="44" customBuiltin="1"/>
     <cellStyle name="60% - Énfasis5" xfId="37" builtinId="48" customBuiltin="1"/>
     <cellStyle name="60% - Énfasis6" xfId="41" builtinId="52" customBuiltin="1"/>
-    <cellStyle name="Buena" xfId="6" builtinId="26" customBuiltin="1"/>
+    <cellStyle name="Bueno" xfId="6" builtinId="26" customBuiltin="1"/>
     <cellStyle name="Cálculo" xfId="11" builtinId="22" customBuiltin="1"/>
     <cellStyle name="Celda de comprobación" xfId="13" builtinId="23" customBuiltin="1"/>
     <cellStyle name="Celda vinculada" xfId="12" builtinId="24" customBuiltin="1"/>
     <cellStyle name="Encabezado 1" xfId="2" builtinId="16" customBuiltin="1"/>
     <cellStyle name="Encabezado 4" xfId="5" builtinId="19" customBuiltin="1"/>
     <cellStyle name="Énfasis1" xfId="18" builtinId="29" customBuiltin="1"/>
     <cellStyle name="Énfasis2" xfId="22" builtinId="33" customBuiltin="1"/>
     <cellStyle name="Énfasis3" xfId="26" builtinId="37" customBuiltin="1"/>
     <cellStyle name="Énfasis4" xfId="30" builtinId="41" customBuiltin="1"/>
     <cellStyle name="Énfasis5" xfId="34" builtinId="45" customBuiltin="1"/>
     <cellStyle name="Énfasis6" xfId="38" builtinId="49" customBuiltin="1"/>
     <cellStyle name="Entrada" xfId="9" builtinId="20" customBuiltin="1"/>
     <cellStyle name="Incorrecto" xfId="7" builtinId="27" customBuiltin="1"/>
     <cellStyle name="Neutral" xfId="8" builtinId="28" customBuiltin="1"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Notas" xfId="15" builtinId="10" customBuiltin="1"/>
     <cellStyle name="Salida" xfId="10" builtinId="21" customBuiltin="1"/>
     <cellStyle name="Texto de advertencia" xfId="14" builtinId="11" customBuiltin="1"/>
     <cellStyle name="Texto explicativo" xfId="16" builtinId="53" customBuiltin="1"/>
     <cellStyle name="Título" xfId="1" builtinId="15" customBuiltin="1"/>
     <cellStyle name="Título 2" xfId="3" builtinId="17" customBuiltin="1"/>
     <cellStyle name="Título 3" xfId="4" builtinId="18" customBuiltin="1"/>
     <cellStyle name="Total" xfId="17" builtinId="25" customBuiltin="1"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors1.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style1.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/chart1.xml><?xml version="1.0" encoding="utf-8"?>
-<c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+<c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>
   <c:lang val="es-ES"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
       <c14:style val="102"/>
     </mc:Choice>
     <mc:Fallback>
       <c:style val="2"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <c:chart>
     <c:title>
       <c:tx>
         <c:rich>
           <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
@@ -1311,66 +1326,66 @@
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:defRPr>
           </a:pPr>
           <a:endParaRPr lang="es-ES"/>
         </a:p>
       </c:txPr>
     </c:title>
     <c:autoTitleDeleted val="0"/>
     <c:plotArea>
       <c:layout/>
       <c:barChart>
         <c:barDir val="col"/>
         <c:grouping val="clustered"/>
         <c:varyColors val="0"/>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="0"/>
           <c:tx>
             <c:strRef>
               <c:f>'Nacidos antes - áreas'!$A$2:$A$11</c:f>
               <c:strCache>
                 <c:ptCount val="10"/>
                 <c:pt idx="0">
+                  <c:v>Área 5</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>Área 4</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>Área 9</c:v>
+                </c:pt>
+                <c:pt idx="3">
                   <c:v>Área 2</c:v>
                 </c:pt>
-                <c:pt idx="1">
-[...7 lines deleted...]
-                </c:pt>
                 <c:pt idx="4">
-                  <c:v>Área 5</c:v>
+                  <c:v>Área 3</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>Área 3</c:v>
+                  <c:v>Área 6</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>Área 7</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>Área 8</c:v>
                 </c:pt>
                 <c:pt idx="8">
                   <c:v>Área 1</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>Total general</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:solidFill>
               <a:schemeClr val="accent6"/>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
@@ -1390,268 +1405,268 @@
               <a:lstStyle/>
               <a:p>
                 <a:pPr>
                   <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                     <a:solidFill>
                       <a:schemeClr val="tx1">
                         <a:lumMod val="75000"/>
                         <a:lumOff val="25000"/>
                       </a:schemeClr>
                     </a:solidFill>
                     <a:latin typeface="+mn-lt"/>
                     <a:ea typeface="+mn-ea"/>
                     <a:cs typeface="+mn-cs"/>
                   </a:defRPr>
                 </a:pPr>
                 <a:endParaRPr lang="es-ES"/>
               </a:p>
             </c:txPr>
             <c:showLegendKey val="0"/>
             <c:showVal val="1"/>
             <c:showCatName val="0"/>
             <c:showSerName val="0"/>
             <c:showPercent val="0"/>
             <c:showBubbleSize val="0"/>
             <c:showLeaderLines val="0"/>
-            <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+            <c:extLst>
               <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
                 <c15:layout/>
                 <c15:showLeaderLines val="1"/>
                 <c15:leaderLines>
                   <c:spPr>
                     <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="tx1">
                           <a:lumMod val="35000"/>
                           <a:lumOff val="65000"/>
                         </a:schemeClr>
                       </a:solidFill>
                       <a:round/>
                     </a:ln>
                     <a:effectLst/>
                   </c:spPr>
                 </c15:leaderLines>
               </c:ext>
             </c:extLst>
           </c:dLbls>
           <c:cat>
             <c:strRef>
               <c:f>'Nacidos antes - áreas'!$A$2:$A$11</c:f>
               <c:strCache>
                 <c:ptCount val="10"/>
                 <c:pt idx="0">
+                  <c:v>Área 5</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>Área 4</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>Área 9</c:v>
+                </c:pt>
+                <c:pt idx="3">
                   <c:v>Área 2</c:v>
                 </c:pt>
-                <c:pt idx="1">
-[...7 lines deleted...]
-                </c:pt>
                 <c:pt idx="4">
-                  <c:v>Área 5</c:v>
+                  <c:v>Área 3</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>Área 3</c:v>
+                  <c:v>Área 6</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>Área 7</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>Área 8</c:v>
                 </c:pt>
                 <c:pt idx="8">
                   <c:v>Área 1</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>Total general</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>'Nacidos antes - áreas'!$D$2:$D$11</c:f>
               <c:numCache>
                 <c:formatCode>0.00%</c:formatCode>
                 <c:ptCount val="10"/>
                 <c:pt idx="0">
-                  <c:v>0.93964716805942428</c:v>
+                  <c:v>0.99183673469387756</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>0.93666026871401153</c:v>
+                  <c:v>0.99069767441860468</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>0.92924528301886788</c:v>
+                  <c:v>0.99043062200956933</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>0.92523364485981308</c:v>
+                  <c:v>0.97467166979362097</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>0.92</c:v>
+                  <c:v>0.97</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>0.91473988439306353</c:v>
+                  <c:v>0.96817743490838959</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>0.91061452513966479</c:v>
+                  <c:v>0.94929577464788728</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>0.8950892857142857</c:v>
+                  <c:v>0.9453302961275627</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>0.86274509803921573</c:v>
+                  <c:v>0.92079207920792083</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>0.91235059760956172</c:v>
+                  <c:v>0.95900209351011867</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
-          <c:extLst xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+          <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000000-570E-43F6-B5A2-91CAB93668F0}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:gapWidth val="219"/>
         <c:overlap val="-27"/>
-        <c:axId val="187429544"/>
-        <c:axId val="395450000"/>
+        <c:axId val="218575280"/>
+        <c:axId val="218576848"/>
       </c:barChart>
       <c:catAx>
-        <c:axId val="187429544"/>
+        <c:axId val="218575280"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="out"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:noFill/>
           <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
             <a:solidFill>
               <a:schemeClr val="tx1">
                 <a:lumMod val="15000"/>
                 <a:lumOff val="85000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:round/>
           </a:ln>
           <a:effectLst/>
         </c:spPr>
         <c:txPr>
           <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="es-ES"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="395450000"/>
+        <c:crossAx val="218576848"/>
         <c:crosses val="autoZero"/>
         <c:auto val="1"/>
         <c:lblAlgn val="ctr"/>
         <c:lblOffset val="100"/>
         <c:noMultiLvlLbl val="0"/>
       </c:catAx>
       <c:valAx>
-        <c:axId val="395450000"/>
+        <c:axId val="218576848"/>
         <c:scaling>
           <c:orientation val="minMax"/>
           <c:max val="1"/>
           <c:min val="0"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="l"/>
         <c:majorGridlines>
           <c:spPr>
             <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
               <a:noFill/>
               <a:round/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
         </c:majorGridlines>
         <c:numFmt formatCode="0%" sourceLinked="0"/>
         <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:effectLst/>
         </c:spPr>
         <c:txPr>
           <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="es-ES"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="187429544"/>
+        <c:crossAx val="218575280"/>
         <c:crosses val="autoZero"/>
         <c:crossBetween val="between"/>
       </c:valAx>
       <c:spPr>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:effectLst/>
       </c:spPr>
     </c:plotArea>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
     <c:showDLblsOverMax val="0"/>
   </c:chart>
   <c:spPr>
     <a:solidFill>
       <a:schemeClr val="bg1"/>
     </a:solidFill>
     <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
       <a:solidFill>
         <a:schemeClr val="tx1">
           <a:lumMod val="15000"/>
           <a:lumOff val="85000"/>
         </a:schemeClr>
@@ -2517,2439 +2532,2451 @@
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:D47"/>
   <sheetViews>
-    <sheetView topLeftCell="A16" workbookViewId="0">
+    <sheetView workbookViewId="0">
       <selection activeCell="A2" sqref="A2:D47"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="27.140625" bestFit="1" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="4" max="4" width="9.85546875" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="27.1796875" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="12.26953125" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="9.7265625" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="9.81640625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A1" s="11"/>
       <c r="B1" s="1" t="s">
         <v>147</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>148</v>
       </c>
       <c r="D1" s="12" t="s">
         <v>45</v>
       </c>
     </row>
-    <row r="2" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A2" s="13" t="s">
-        <v>153</v>
+        <v>1</v>
       </c>
       <c r="B2" s="5">
-        <v>1</v>
+        <v>38</v>
       </c>
       <c r="C2" s="2">
-        <v>1</v>
+        <v>38</v>
       </c>
       <c r="D2" s="14">
         <v>1</v>
       </c>
     </row>
-    <row r="3" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A3" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="B3" s="5">
+        <v>43</v>
+      </c>
+      <c r="C3" s="2">
+        <v>43</v>
+      </c>
+      <c r="D3" s="14">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A4" s="13" t="s">
+        <v>28</v>
+      </c>
+      <c r="B4" s="5">
+        <v>14</v>
+      </c>
+      <c r="C4" s="2">
+        <v>14</v>
+      </c>
+      <c r="D4" s="14">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A5" s="13" t="s">
+        <v>153</v>
+      </c>
+      <c r="B5" s="5">
+        <v>1</v>
+      </c>
+      <c r="C5" s="2">
+        <v>1</v>
+      </c>
+      <c r="D5" s="14">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A6" s="13" t="s">
+        <v>31</v>
+      </c>
+      <c r="B6" s="5">
+        <v>12</v>
+      </c>
+      <c r="C6" s="2">
+        <v>12</v>
+      </c>
+      <c r="D6" s="14">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A7" s="13" t="s">
         <v>26</v>
       </c>
-      <c r="B3" s="5">
+      <c r="B7" s="5">
+        <v>137</v>
+      </c>
+      <c r="C7" s="2">
         <v>138</v>
       </c>
-      <c r="C3" s="2">
-[...57 lines deleted...]
-      </c>
       <c r="D7" s="14">
-        <v>0.93548387096774188</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:4" x14ac:dyDescent="0.25">
+        <v>0.99275362318840576</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A8" s="13" t="s">
-        <v>28</v>
+        <v>9</v>
       </c>
       <c r="B8" s="5">
-        <v>14</v>
+        <v>85</v>
       </c>
       <c r="C8" s="2">
-        <v>15</v>
+        <v>86</v>
       </c>
       <c r="D8" s="14">
-        <v>0.93333333333333335</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:4" x14ac:dyDescent="0.25">
+        <v>0.98837209302325579</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A9" s="13" t="s">
-        <v>36</v>
+        <v>7</v>
       </c>
       <c r="B9" s="5">
         <v>54</v>
       </c>
       <c r="C9" s="2">
-        <v>58</v>
+        <v>55</v>
       </c>
       <c r="D9" s="14">
-        <v>0.93103448275862066</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:4" x14ac:dyDescent="0.25">
+        <v>0.98181818181818181</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A10" s="13" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="B10" s="5">
-        <v>90</v>
+        <v>155</v>
       </c>
       <c r="C10" s="2">
-        <v>97</v>
+        <v>160</v>
       </c>
       <c r="D10" s="14">
-        <v>0.92783505154639179</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:4" x14ac:dyDescent="0.25">
+        <v>0.96875</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A11" s="13" t="s">
-        <v>39</v>
+        <v>22</v>
       </c>
       <c r="B11" s="5">
-        <v>114</v>
+        <v>119</v>
       </c>
       <c r="C11" s="2">
         <v>123</v>
       </c>
       <c r="D11" s="14">
-        <v>0.92682926829268297</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:4" x14ac:dyDescent="0.25">
+        <v>0.96747967479674801</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A12" s="13" t="s">
         <v>18</v>
       </c>
       <c r="B12" s="5">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="C12" s="2">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="D12" s="14">
-        <v>0.92592592592592593</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:4" x14ac:dyDescent="0.25">
+        <v>0.96226415094339623</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A13" s="13" t="s">
-        <v>9</v>
+        <v>24</v>
       </c>
       <c r="B13" s="5">
-        <v>82</v>
+        <v>375</v>
       </c>
       <c r="C13" s="2">
-        <v>89</v>
+        <v>390</v>
       </c>
       <c r="D13" s="14">
-        <v>0.9213483146067416</v>
-[...2 lines deleted...]
-    <row r="14" spans="1:4" x14ac:dyDescent="0.25">
+        <v>0.96153846153846156</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A14" s="13" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="B14" s="5">
-        <v>34</v>
+        <v>20</v>
       </c>
       <c r="C14" s="2">
-        <v>37</v>
+        <v>21</v>
       </c>
       <c r="D14" s="14">
-        <v>0.91891891891891897</v>
-[...2 lines deleted...]
-    <row r="15" spans="1:4" x14ac:dyDescent="0.25">
+        <v>0.95238095238095233</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A15" s="13" t="s">
-        <v>7</v>
+        <v>39</v>
       </c>
       <c r="B15" s="5">
-        <v>51</v>
+        <v>115</v>
       </c>
       <c r="C15" s="2">
-        <v>56</v>
+        <v>121</v>
       </c>
       <c r="D15" s="14">
-        <v>0.9107142857142857</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:4" x14ac:dyDescent="0.25">
+        <v>0.95041322314049592</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A16" s="13" t="s">
+        <v>21</v>
+      </c>
+      <c r="B16" s="5">
+        <v>92</v>
+      </c>
+      <c r="C16" s="2">
+        <v>97</v>
+      </c>
+      <c r="D16" s="14">
+        <v>0.94845360824742264</v>
+      </c>
+    </row>
+    <row r="17" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A17" s="13" t="s">
         <v>41</v>
       </c>
-      <c r="B16" s="5">
-[...2 lines deleted...]
-      <c r="C16" s="2">
+      <c r="B17" s="5">
+        <v>90</v>
+      </c>
+      <c r="C17" s="2">
         <v>95</v>
       </c>
-      <c r="D16" s="14">
-[...12 lines deleted...]
-      </c>
       <c r="D17" s="14">
-        <v>0.89542483660130723</v>
-[...2 lines deleted...]
-    <row r="18" spans="1:4" x14ac:dyDescent="0.25">
+        <v>0.94736842105263153</v>
+      </c>
+    </row>
+    <row r="18" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A18" s="13" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="B18" s="5">
-        <v>40</v>
+        <v>33</v>
       </c>
       <c r="C18" s="2">
-        <v>45</v>
+        <v>35</v>
       </c>
       <c r="D18" s="14">
-        <v>0.88888888888888884</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:4" x14ac:dyDescent="0.25">
+        <v>0.94285714285714284</v>
+      </c>
+    </row>
+    <row r="19" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A19" s="13" t="s">
         <v>43</v>
       </c>
       <c r="B19" s="5">
-        <v>126</v>
+        <v>132</v>
       </c>
       <c r="C19" s="2">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="D19" s="14">
-        <v>0.88732394366197187</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:4" x14ac:dyDescent="0.25">
+        <v>0.93617021276595747</v>
+      </c>
+    </row>
+    <row r="20" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A20" s="13" t="s">
-        <v>15</v>
+        <v>36</v>
       </c>
       <c r="B20" s="5">
-        <v>86</v>
+        <v>53</v>
       </c>
       <c r="C20" s="2">
-        <v>97</v>
+        <v>57</v>
       </c>
       <c r="D20" s="14">
-        <v>0.88659793814432986</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:4" x14ac:dyDescent="0.25">
+        <v>0.92982456140350878</v>
+      </c>
+    </row>
+    <row r="21" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A21" s="13" t="s">
+        <v>29</v>
+      </c>
+      <c r="B21" s="5">
+        <v>62</v>
+      </c>
+      <c r="C21" s="2">
+        <v>67</v>
+      </c>
+      <c r="D21" s="14">
+        <v>0.92537313432835822</v>
+      </c>
+    </row>
+    <row r="22" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A22" s="13" t="s">
+        <v>27</v>
+      </c>
+      <c r="B22" s="5">
+        <v>280</v>
+      </c>
+      <c r="C22" s="2">
+        <v>304</v>
+      </c>
+      <c r="D22" s="14">
+        <v>0.92105263157894735</v>
+      </c>
+    </row>
+    <row r="23" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A23" s="13" t="s">
+        <v>10</v>
+      </c>
+      <c r="B23" s="5">
+        <v>34</v>
+      </c>
+      <c r="C23" s="2">
+        <v>37</v>
+      </c>
+      <c r="D23" s="14">
+        <v>0.91891891891891897</v>
+      </c>
+    </row>
+    <row r="24" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A24" s="13" t="s">
         <v>30</v>
       </c>
-      <c r="B21" s="5">
-[...40 lines deleted...]
-      </c>
       <c r="B24" s="5">
-        <v>133</v>
+        <v>1715</v>
       </c>
       <c r="C24" s="2">
-        <v>152</v>
+        <v>1872</v>
       </c>
       <c r="D24" s="14">
-        <v>0.875</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:4" x14ac:dyDescent="0.25">
+        <v>0.9161324786324786</v>
+      </c>
+    </row>
+    <row r="25" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A25" s="13" t="s">
         <v>38</v>
       </c>
       <c r="B25" s="5">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="C25" s="2">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="D25" s="14">
-        <v>0.87234042553191493</v>
-[...2 lines deleted...]
-    <row r="26" spans="1:4" x14ac:dyDescent="0.25">
+        <v>0.91397849462365588</v>
+      </c>
+    </row>
+    <row r="26" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A26" s="13" t="s">
+        <v>16</v>
+      </c>
+      <c r="B26" s="5">
+        <v>771</v>
+      </c>
+      <c r="C26" s="2">
+        <v>844</v>
+      </c>
+      <c r="D26" s="14">
+        <v>0.9135071090047393</v>
+      </c>
+    </row>
+    <row r="27" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A27" s="13" t="s">
+        <v>42</v>
+      </c>
+      <c r="B27" s="5">
+        <v>21</v>
+      </c>
+      <c r="C27" s="2">
+        <v>23</v>
+      </c>
+      <c r="D27" s="14">
+        <v>0.91304347826086951</v>
+      </c>
+    </row>
+    <row r="28" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A28" s="13" t="s">
+        <v>5</v>
+      </c>
+      <c r="B28" s="5">
+        <v>71</v>
+      </c>
+      <c r="C28" s="2">
+        <v>78</v>
+      </c>
+      <c r="D28" s="14">
+        <v>0.91025641025641024</v>
+      </c>
+    </row>
+    <row r="29" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A29" s="13" t="s">
+        <v>13</v>
+      </c>
+      <c r="B29" s="5">
+        <v>40</v>
+      </c>
+      <c r="C29" s="2">
+        <v>44</v>
+      </c>
+      <c r="D29" s="14">
+        <v>0.90909090909090906</v>
+      </c>
+    </row>
+    <row r="30" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A30" s="13" t="s">
+        <v>32</v>
+      </c>
+      <c r="B30" s="5">
+        <v>71</v>
+      </c>
+      <c r="C30" s="2">
+        <v>79</v>
+      </c>
+      <c r="D30" s="14">
+        <v>0.89873417721518989</v>
+      </c>
+    </row>
+    <row r="31" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A31" s="13" t="s">
+        <v>15</v>
+      </c>
+      <c r="B31" s="5">
+        <v>87</v>
+      </c>
+      <c r="C31" s="2">
+        <v>97</v>
+      </c>
+      <c r="D31" s="14">
+        <v>0.89690721649484539</v>
+      </c>
+    </row>
+    <row r="32" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A32" s="13" t="s">
+        <v>23</v>
+      </c>
+      <c r="B32" s="5">
+        <v>26</v>
+      </c>
+      <c r="C32" s="2">
         <v>29</v>
       </c>
-      <c r="B26" s="5">
-[...10 lines deleted...]
-      <c r="A27" s="13" t="s">
+      <c r="D32" s="14">
+        <v>0.89655172413793105</v>
+      </c>
+    </row>
+    <row r="33" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A33" s="13" t="s">
+        <v>3</v>
+      </c>
+      <c r="B33" s="5">
+        <v>8</v>
+      </c>
+      <c r="C33" s="2">
+        <v>9</v>
+      </c>
+      <c r="D33" s="14">
+        <v>0.88888888888888884</v>
+      </c>
+    </row>
+    <row r="34" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A34" s="13" t="s">
+        <v>34</v>
+      </c>
+      <c r="B34" s="5">
+        <v>133</v>
+      </c>
+      <c r="C34" s="2">
+        <v>150</v>
+      </c>
+      <c r="D34" s="14">
+        <v>0.88666666666666671</v>
+      </c>
+    </row>
+    <row r="35" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A35" s="13" t="s">
+        <v>2</v>
+      </c>
+      <c r="B35" s="5">
+        <v>140</v>
+      </c>
+      <c r="C35" s="2">
+        <v>160</v>
+      </c>
+      <c r="D35" s="14">
+        <v>0.875</v>
+      </c>
+    </row>
+    <row r="36" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A36" s="13" t="s">
         <v>25</v>
       </c>
-      <c r="B27" s="5">
+      <c r="B36" s="5">
         <v>26</v>
       </c>
-      <c r="C27" s="2">
+      <c r="C36" s="2">
         <v>30</v>
       </c>
-      <c r="D27" s="14">
+      <c r="D36" s="14">
         <v>0.8666666666666667</v>
       </c>
     </row>
-    <row r="28" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A28" s="13" t="s">
+    <row r="37" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A37" s="13" t="s">
+        <v>4</v>
+      </c>
+      <c r="B37" s="5">
+        <v>139</v>
+      </c>
+      <c r="C37" s="2">
+        <v>164</v>
+      </c>
+      <c r="D37" s="14">
+        <v>0.84756097560975607</v>
+      </c>
+    </row>
+    <row r="38" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A38" s="13" t="s">
+        <v>20</v>
+      </c>
+      <c r="B38" s="5">
+        <v>52</v>
+      </c>
+      <c r="C38" s="2">
+        <v>62</v>
+      </c>
+      <c r="D38" s="14">
+        <v>0.83870967741935487</v>
+      </c>
+    </row>
+    <row r="39" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A39" s="13" t="s">
+        <v>37</v>
+      </c>
+      <c r="B39" s="5">
+        <v>133</v>
+      </c>
+      <c r="C39" s="2">
+        <v>159</v>
+      </c>
+      <c r="D39" s="14">
+        <v>0.83647798742138368</v>
+      </c>
+    </row>
+    <row r="40" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A40" s="13" t="s">
         <v>0</v>
       </c>
-      <c r="B28" s="5">
-[...47 lines deleted...]
-      <c r="D31" s="14">
+      <c r="B40" s="5">
+        <v>15</v>
+      </c>
+      <c r="C40" s="2">
+        <v>18</v>
+      </c>
+      <c r="D40" s="14">
         <v>0.83333333333333337</v>
       </c>
     </row>
-    <row r="32" spans="1:4" x14ac:dyDescent="0.25">
-[...42 lines deleted...]
-      <c r="A35" s="13" t="s">
+    <row r="41" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A41" s="13" t="s">
         <v>35</v>
       </c>
-      <c r="B35" s="5">
-[...52 lines deleted...]
-      <c r="A39" s="13" t="s">
+      <c r="B41" s="5">
+        <v>103</v>
+      </c>
+      <c r="C41" s="2">
+        <v>124</v>
+      </c>
+      <c r="D41" s="14">
+        <v>0.83064516129032262</v>
+      </c>
+    </row>
+    <row r="42" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A42" s="13" t="s">
         <v>8</v>
       </c>
-      <c r="B39" s="5">
-[...40 lines deleted...]
-      </c>
       <c r="B42" s="5">
-        <v>9</v>
+        <v>92</v>
       </c>
       <c r="C42" s="2">
-        <v>12</v>
+        <v>112</v>
       </c>
       <c r="D42" s="14">
-        <v>0.75</v>
-[...2 lines deleted...]
-    <row r="43" spans="1:4" x14ac:dyDescent="0.25">
+        <v>0.8214285714285714</v>
+      </c>
+    </row>
+    <row r="43" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A43" s="13" t="s">
         <v>14</v>
       </c>
       <c r="B43" s="5">
         <v>3</v>
       </c>
       <c r="C43" s="2">
         <v>5</v>
       </c>
       <c r="D43" s="14">
         <v>0.6</v>
       </c>
     </row>
-    <row r="44" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="44" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A44" s="13" t="s">
         <v>6</v>
       </c>
       <c r="B44" s="5">
         <v>1</v>
       </c>
       <c r="C44" s="2">
         <v>2</v>
       </c>
       <c r="D44" s="14">
         <v>0.5</v>
       </c>
     </row>
-    <row r="45" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="45" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A45" s="13" t="s">
-        <v>40</v>
+        <v>33</v>
       </c>
       <c r="B45" s="5">
         <v>1</v>
       </c>
       <c r="C45" s="2">
         <v>2</v>
       </c>
       <c r="D45" s="14">
         <v>0.5</v>
       </c>
     </row>
-    <row r="46" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="46" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A46" s="13" t="s">
-        <v>33</v>
+        <v>40</v>
       </c>
       <c r="B46" s="5">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="C46" s="2">
         <v>2</v>
       </c>
       <c r="D46" s="14">
-        <v>0</v>
-[...2 lines deleted...]
-    <row r="47" spans="1:4" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+        <v>0.5</v>
+      </c>
+    </row>
+    <row r="47" spans="1:4" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A47" s="17" t="s">
         <v>44</v>
       </c>
       <c r="B47" s="18">
-        <v>5560</v>
+        <v>5729</v>
       </c>
       <c r="C47" s="19">
-        <v>6306</v>
+        <v>6246</v>
       </c>
       <c r="D47" s="21">
-        <v>0.88169996828417385</v>
+        <v>0.9172270252961896</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:D87"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A2" sqref="A2:D87"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.453125" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="29.140625" style="8" bestFit="1" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="5" max="16384" width="11.42578125" style="8"/>
+    <col min="1" max="1" width="29.1796875" style="8" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="12.26953125" style="8" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="9.7265625" style="8" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="9.81640625" style="8" bestFit="1" customWidth="1"/>
+    <col min="5" max="16384" width="11.453125" style="8"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A1" s="11"/>
       <c r="B1" s="1" t="s">
         <v>147</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>148</v>
       </c>
       <c r="D1" s="12" t="s">
         <v>45</v>
       </c>
     </row>
-    <row r="2" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A2" s="13" t="s">
-        <v>67</v>
+        <v>47</v>
       </c>
       <c r="B2" s="5">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="C2" s="2">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="D2" s="14">
         <v>1</v>
       </c>
     </row>
-    <row r="3" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A3" s="13" t="s">
-        <v>69</v>
+        <v>49</v>
       </c>
       <c r="B3" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="C3" s="2">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="D3" s="14">
         <v>1</v>
       </c>
     </row>
-    <row r="4" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A4" s="13" t="s">
-        <v>85</v>
+        <v>52</v>
       </c>
       <c r="B4" s="5">
-        <v>81</v>
+        <v>51</v>
       </c>
       <c r="C4" s="2">
-        <v>81</v>
+        <v>51</v>
       </c>
       <c r="D4" s="14">
         <v>1</v>
       </c>
     </row>
-    <row r="5" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A5" s="13" t="s">
-        <v>86</v>
+        <v>56</v>
       </c>
       <c r="B5" s="5">
-        <v>65</v>
+        <v>19</v>
       </c>
       <c r="C5" s="2">
-        <v>65</v>
+        <v>19</v>
       </c>
       <c r="D5" s="14">
         <v>1</v>
       </c>
     </row>
-    <row r="6" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A6" s="13" t="s">
-        <v>89</v>
+        <v>57</v>
       </c>
       <c r="B6" s="5">
-        <v>79</v>
+        <v>44</v>
       </c>
       <c r="C6" s="2">
-        <v>79</v>
+        <v>44</v>
       </c>
       <c r="D6" s="14">
         <v>1</v>
       </c>
     </row>
-    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A7" s="13" t="s">
-        <v>92</v>
+        <v>58</v>
       </c>
       <c r="B7" s="5">
-        <v>13</v>
+        <v>38</v>
       </c>
       <c r="C7" s="2">
-        <v>13</v>
+        <v>38</v>
       </c>
       <c r="D7" s="14">
         <v>1</v>
       </c>
     </row>
-    <row r="8" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A8" s="13" t="s">
-        <v>94</v>
+        <v>60</v>
       </c>
       <c r="B8" s="5">
-        <v>49</v>
+        <v>8</v>
       </c>
       <c r="C8" s="2">
-        <v>49</v>
+        <v>8</v>
       </c>
       <c r="D8" s="14">
         <v>1</v>
       </c>
     </row>
-    <row r="9" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A9" s="13" t="s">
-        <v>95</v>
+        <v>61</v>
       </c>
       <c r="B9" s="5">
-        <v>23</v>
+        <v>51</v>
       </c>
       <c r="C9" s="2">
-        <v>23</v>
+        <v>51</v>
       </c>
       <c r="D9" s="14">
         <v>1</v>
       </c>
     </row>
-    <row r="10" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A10" s="13" t="s">
-        <v>107</v>
+        <v>63</v>
       </c>
       <c r="B10" s="5">
-        <v>71</v>
+        <v>98</v>
       </c>
       <c r="C10" s="2">
-        <v>71</v>
+        <v>98</v>
       </c>
       <c r="D10" s="14">
         <v>1</v>
       </c>
     </row>
-    <row r="11" spans="1:4" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A11" s="13" t="s">
+        <v>69</v>
+      </c>
+      <c r="B11" s="5">
+        <v>46</v>
+      </c>
+      <c r="C11" s="2">
+        <v>46</v>
+      </c>
+      <c r="D11" s="14">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A12" s="13" t="s">
+        <v>72</v>
+      </c>
+      <c r="B12" s="5">
+        <v>31</v>
+      </c>
+      <c r="C12" s="2">
+        <v>31</v>
+      </c>
+      <c r="D12" s="14">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A13" s="13" t="s">
+        <v>73</v>
+      </c>
+      <c r="B13" s="5">
+        <v>54</v>
+      </c>
+      <c r="C13" s="2">
+        <v>54</v>
+      </c>
+      <c r="D13" s="14">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A14" s="13" t="s">
+        <v>74</v>
+      </c>
+      <c r="B14" s="5">
+        <v>87</v>
+      </c>
+      <c r="C14" s="2">
+        <v>87</v>
+      </c>
+      <c r="D14" s="14">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A15" s="13" t="s">
+        <v>77</v>
+      </c>
+      <c r="B15" s="5">
+        <v>87</v>
+      </c>
+      <c r="C15" s="2">
+        <v>87</v>
+      </c>
+      <c r="D15" s="14">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A16" s="13" t="s">
+        <v>78</v>
+      </c>
+      <c r="B16" s="5">
+        <v>115</v>
+      </c>
+      <c r="C16" s="2">
+        <v>115</v>
+      </c>
+      <c r="D16" s="14">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="17" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A17" s="13" t="s">
+        <v>82</v>
+      </c>
+      <c r="B17" s="5">
+        <v>81</v>
+      </c>
+      <c r="C17" s="2">
+        <v>81</v>
+      </c>
+      <c r="D17" s="14">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="18" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A18" s="13" t="s">
+        <v>83</v>
+      </c>
+      <c r="B18" s="5">
+        <v>8</v>
+      </c>
+      <c r="C18" s="2">
+        <v>8</v>
+      </c>
+      <c r="D18" s="14">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="19" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A19" s="13" t="s">
+        <v>84</v>
+      </c>
+      <c r="B19" s="5">
+        <v>119</v>
+      </c>
+      <c r="C19" s="2">
+        <v>119</v>
+      </c>
+      <c r="D19" s="14">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="20" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A20" s="13" t="s">
+        <v>85</v>
+      </c>
+      <c r="B20" s="5">
+        <v>81</v>
+      </c>
+      <c r="C20" s="2">
+        <v>81</v>
+      </c>
+      <c r="D20" s="14">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="21" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A21" s="13" t="s">
+        <v>86</v>
+      </c>
+      <c r="B21" s="5">
+        <v>66</v>
+      </c>
+      <c r="C21" s="2">
+        <v>66</v>
+      </c>
+      <c r="D21" s="14">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="22" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A22" s="13" t="s">
+        <v>89</v>
+      </c>
+      <c r="B22" s="5">
+        <v>76</v>
+      </c>
+      <c r="C22" s="2">
+        <v>76</v>
+      </c>
+      <c r="D22" s="14">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="23" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A23" s="13" t="s">
+        <v>91</v>
+      </c>
+      <c r="B23" s="5">
+        <v>127</v>
+      </c>
+      <c r="C23" s="2">
+        <v>127</v>
+      </c>
+      <c r="D23" s="14">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="24" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A24" s="13" t="s">
+        <v>92</v>
+      </c>
+      <c r="B24" s="5">
+        <v>13</v>
+      </c>
+      <c r="C24" s="2">
+        <v>13</v>
+      </c>
+      <c r="D24" s="14">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="25" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A25" s="13" t="s">
+        <v>94</v>
+      </c>
+      <c r="B25" s="5">
+        <v>50</v>
+      </c>
+      <c r="C25" s="2">
+        <v>50</v>
+      </c>
+      <c r="D25" s="14">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="26" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A26" s="13" t="s">
+        <v>95</v>
+      </c>
+      <c r="B26" s="5">
+        <v>25</v>
+      </c>
+      <c r="C26" s="2">
+        <v>25</v>
+      </c>
+      <c r="D26" s="14">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="27" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A27" s="13" t="s">
+        <v>103</v>
+      </c>
+      <c r="B27" s="5">
+        <v>34</v>
+      </c>
+      <c r="C27" s="2">
+        <v>34</v>
+      </c>
+      <c r="D27" s="14">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="28" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A28" s="13" t="s">
+        <v>107</v>
+      </c>
+      <c r="B28" s="5">
+        <v>75</v>
+      </c>
+      <c r="C28" s="2">
+        <v>75</v>
+      </c>
+      <c r="D28" s="14">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="29" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A29" s="13" t="s">
+        <v>112</v>
+      </c>
+      <c r="B29" s="5">
+        <v>60</v>
+      </c>
+      <c r="C29" s="2">
+        <v>60</v>
+      </c>
+      <c r="D29" s="14">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="30" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A30" s="13" t="s">
+        <v>116</v>
+      </c>
+      <c r="B30" s="5">
+        <v>123</v>
+      </c>
+      <c r="C30" s="2">
+        <v>123</v>
+      </c>
+      <c r="D30" s="14">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="31" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A31" s="13" t="s">
+        <v>129</v>
+      </c>
+      <c r="B31" s="5">
+        <v>20</v>
+      </c>
+      <c r="C31" s="2">
+        <v>20</v>
+      </c>
+      <c r="D31" s="14">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="32" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A32" s="13" t="s">
+        <v>118</v>
+      </c>
+      <c r="B32" s="5">
+        <v>59</v>
+      </c>
+      <c r="C32" s="2">
+        <v>59</v>
+      </c>
+      <c r="D32" s="14">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="33" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A33" s="13" t="s">
+        <v>126</v>
+      </c>
+      <c r="B33" s="5">
+        <v>57</v>
+      </c>
+      <c r="C33" s="2">
+        <v>57</v>
+      </c>
+      <c r="D33" s="14">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="34" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A34" s="13" t="s">
+        <v>128</v>
+      </c>
+      <c r="B34" s="5">
+        <v>73</v>
+      </c>
+      <c r="C34" s="2">
+        <v>73</v>
+      </c>
+      <c r="D34" s="14">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="35" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A35" s="13" t="s">
+        <v>54</v>
+      </c>
+      <c r="B35" s="5">
+        <v>107</v>
+      </c>
+      <c r="C35" s="2">
+        <v>108</v>
+      </c>
+      <c r="D35" s="14">
+        <v>0.9907407407407407</v>
+      </c>
+    </row>
+    <row r="36" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A36" s="13" t="s">
+        <v>80</v>
+      </c>
+      <c r="B36" s="5">
+        <v>93</v>
+      </c>
+      <c r="C36" s="2">
+        <v>94</v>
+      </c>
+      <c r="D36" s="14">
+        <v>0.98936170212765961</v>
+      </c>
+    </row>
+    <row r="37" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A37" s="13" t="s">
+        <v>99</v>
+      </c>
+      <c r="B37" s="5">
+        <v>85</v>
+      </c>
+      <c r="C37" s="2">
+        <v>86</v>
+      </c>
+      <c r="D37" s="14">
+        <v>0.98837209302325579</v>
+      </c>
+    </row>
+    <row r="38" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A38" s="13" t="s">
         <v>62</v>
       </c>
-      <c r="B11" s="5">
-[...30 lines deleted...]
-      <c r="C13" s="2">
+      <c r="B38" s="5">
+        <v>77</v>
+      </c>
+      <c r="C38" s="2">
+        <v>78</v>
+      </c>
+      <c r="D38" s="14">
+        <v>0.98717948717948723</v>
+      </c>
+    </row>
+    <row r="39" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A39" s="13" t="s">
+        <v>88</v>
+      </c>
+      <c r="B39" s="5">
         <v>66</v>
       </c>
-      <c r="D13" s="14">
-[...359 lines deleted...]
-      </c>
       <c r="C39" s="2">
-        <v>128</v>
+        <v>67</v>
       </c>
       <c r="D39" s="14">
-        <v>0.9375</v>
-[...2 lines deleted...]
-    <row r="40" spans="1:4" x14ac:dyDescent="0.25">
+        <v>0.9850746268656716</v>
+      </c>
+    </row>
+    <row r="40" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A40" s="13" t="s">
         <v>101</v>
       </c>
       <c r="B40" s="5">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="C40" s="2">
         <v>63</v>
       </c>
       <c r="D40" s="14">
-        <v>0.93650793650793651</v>
-[...2 lines deleted...]
-    <row r="41" spans="1:4" x14ac:dyDescent="0.25">
+        <v>0.98412698412698407</v>
+      </c>
+    </row>
+    <row r="41" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A41" s="13" t="s">
-        <v>118</v>
+        <v>108</v>
       </c>
       <c r="B41" s="5">
+        <v>61</v>
+      </c>
+      <c r="C41" s="2">
+        <v>62</v>
+      </c>
+      <c r="D41" s="14">
+        <v>0.9838709677419355</v>
+      </c>
+    </row>
+    <row r="42" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A42" s="13" t="s">
+        <v>125</v>
+      </c>
+      <c r="B42" s="5">
         <v>59</v>
       </c>
-      <c r="C41" s="2">
+      <c r="C42" s="2">
+        <v>60</v>
+      </c>
+      <c r="D42" s="14">
+        <v>0.98333333333333328</v>
+      </c>
+    </row>
+    <row r="43" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A43" s="13" t="s">
+        <v>113</v>
+      </c>
+      <c r="B43" s="5">
+        <v>109</v>
+      </c>
+      <c r="C43" s="2">
+        <v>111</v>
+      </c>
+      <c r="D43" s="14">
+        <v>0.98198198198198194</v>
+      </c>
+    </row>
+    <row r="44" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A44" s="13" t="s">
+        <v>66</v>
+      </c>
+      <c r="B44" s="5">
+        <v>49</v>
+      </c>
+      <c r="C44" s="2">
+        <v>50</v>
+      </c>
+      <c r="D44" s="14">
+        <v>0.98</v>
+      </c>
+    </row>
+    <row r="45" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A45" s="22" t="s">
+        <v>97</v>
+      </c>
+      <c r="B45" s="6">
+        <v>47</v>
+      </c>
+      <c r="C45" s="4">
+        <v>48</v>
+      </c>
+      <c r="D45" s="14">
+        <v>0.97916666666666663</v>
+      </c>
+    </row>
+    <row r="46" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A46" s="11" t="s">
+        <v>68</v>
+      </c>
+      <c r="B46" s="5">
+        <v>86</v>
+      </c>
+      <c r="C46" s="1">
+        <v>88</v>
+      </c>
+      <c r="D46" s="14">
+        <v>0.97727272727272729</v>
+      </c>
+    </row>
+    <row r="47" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A47" s="11" t="s">
+        <v>120</v>
+      </c>
+      <c r="B47" s="5">
+        <v>121</v>
+      </c>
+      <c r="C47" s="1">
+        <v>124</v>
+      </c>
+      <c r="D47" s="14">
+        <v>0.97580645161290325</v>
+      </c>
+    </row>
+    <row r="48" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A48" s="11" t="s">
+        <v>59</v>
+      </c>
+      <c r="B48" s="5">
+        <v>79</v>
+      </c>
+      <c r="C48" s="1">
+        <v>81</v>
+      </c>
+      <c r="D48" s="14">
+        <v>0.97530864197530864</v>
+      </c>
+    </row>
+    <row r="49" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A49" s="11" t="s">
+        <v>109</v>
+      </c>
+      <c r="B49" s="5">
+        <v>39</v>
+      </c>
+      <c r="C49" s="1">
+        <v>40</v>
+      </c>
+      <c r="D49" s="14">
+        <v>0.97499999999999998</v>
+      </c>
+    </row>
+    <row r="50" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A50" s="11" t="s">
+        <v>105</v>
+      </c>
+      <c r="B50" s="5">
+        <v>35</v>
+      </c>
+      <c r="C50" s="1">
+        <v>36</v>
+      </c>
+      <c r="D50" s="14">
+        <v>0.97222222222222221</v>
+      </c>
+    </row>
+    <row r="51" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A51" s="11" t="s">
+        <v>106</v>
+      </c>
+      <c r="B51" s="5">
+        <v>69</v>
+      </c>
+      <c r="C51" s="1">
+        <v>71</v>
+      </c>
+      <c r="D51" s="14">
+        <v>0.971830985915493</v>
+      </c>
+    </row>
+    <row r="52" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A52" s="11" t="s">
+        <v>67</v>
+      </c>
+      <c r="B52" s="5">
+        <v>34</v>
+      </c>
+      <c r="C52" s="1">
+        <v>35</v>
+      </c>
+      <c r="D52" s="14">
+        <v>0.97142857142857142</v>
+      </c>
+    </row>
+    <row r="53" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A53" s="11" t="s">
+        <v>115</v>
+      </c>
+      <c r="B53" s="5">
+        <v>34</v>
+      </c>
+      <c r="C53" s="1">
+        <v>35</v>
+      </c>
+      <c r="D53" s="14">
+        <v>0.97142857142857142</v>
+      </c>
+    </row>
+    <row r="54" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A54" s="11" t="s">
+        <v>75</v>
+      </c>
+      <c r="B54" s="5">
+        <v>65</v>
+      </c>
+      <c r="C54" s="1">
+        <v>67</v>
+      </c>
+      <c r="D54" s="14">
+        <v>0.97014925373134331</v>
+      </c>
+    </row>
+    <row r="55" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A55" s="11" t="s">
+        <v>100</v>
+      </c>
+      <c r="B55" s="5">
+        <v>62</v>
+      </c>
+      <c r="C55" s="1">
+        <v>64</v>
+      </c>
+      <c r="D55" s="14">
+        <v>0.96875</v>
+      </c>
+    </row>
+    <row r="56" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A56" s="11" t="s">
+        <v>96</v>
+      </c>
+      <c r="B56" s="5">
+        <v>61</v>
+      </c>
+      <c r="C56" s="1">
         <v>63</v>
       </c>
-      <c r="D41" s="14">
-[...35 lines deleted...]
-      <c r="B44" s="5">
+      <c r="D56" s="14">
+        <v>0.96825396825396826</v>
+      </c>
+    </row>
+    <row r="57" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A57" s="11" t="s">
+        <v>127</v>
+      </c>
+      <c r="B57" s="5">
+        <v>55</v>
+      </c>
+      <c r="C57" s="1">
+        <v>57</v>
+      </c>
+      <c r="D57" s="14">
+        <v>0.96491228070175439</v>
+      </c>
+    </row>
+    <row r="58" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A58" s="11" t="s">
+        <v>64</v>
+      </c>
+      <c r="B58" s="5">
+        <v>27</v>
+      </c>
+      <c r="C58" s="1">
+        <v>28</v>
+      </c>
+      <c r="D58" s="14">
+        <v>0.9642857142857143</v>
+      </c>
+    </row>
+    <row r="59" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A59" s="11" t="s">
+        <v>65</v>
+      </c>
+      <c r="B59" s="5">
+        <v>127</v>
+      </c>
+      <c r="C59" s="1">
+        <v>132</v>
+      </c>
+      <c r="D59" s="14">
+        <v>0.96212121212121215</v>
+      </c>
+    </row>
+    <row r="60" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A60" s="11" t="s">
+        <v>122</v>
+      </c>
+      <c r="B60" s="5">
+        <v>50</v>
+      </c>
+      <c r="C60" s="1">
+        <v>52</v>
+      </c>
+      <c r="D60" s="14">
+        <v>0.96153846153846156</v>
+      </c>
+    </row>
+    <row r="61" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A61" s="11" t="s">
+        <v>93</v>
+      </c>
+      <c r="B61" s="5">
+        <v>81</v>
+      </c>
+      <c r="C61" s="1">
+        <v>85</v>
+      </c>
+      <c r="D61" s="14">
+        <v>0.95294117647058818</v>
+      </c>
+    </row>
+    <row r="62" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A62" s="11" t="s">
+        <v>70</v>
+      </c>
+      <c r="B62" s="5">
+        <v>74</v>
+      </c>
+      <c r="C62" s="1">
+        <v>78</v>
+      </c>
+      <c r="D62" s="14">
+        <v>0.94871794871794868</v>
+      </c>
+    </row>
+    <row r="63" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A63" s="11" t="s">
+        <v>50</v>
+      </c>
+      <c r="B63" s="5">
         <v>67</v>
       </c>
-      <c r="C44" s="2">
-[...133 lines deleted...]
-      <c r="A54" s="11" t="s">
+      <c r="C63" s="1">
+        <v>71</v>
+      </c>
+      <c r="D63" s="14">
+        <v>0.94366197183098588</v>
+      </c>
+    </row>
+    <row r="64" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A64" s="11" t="s">
         <v>55</v>
       </c>
-      <c r="B54" s="5">
-[...2 lines deleted...]
-      <c r="C54" s="1">
+      <c r="B64" s="5">
+        <v>32</v>
+      </c>
+      <c r="C64" s="1">
         <v>34</v>
       </c>
-      <c r="D54" s="14">
-[...74 lines deleted...]
-      <c r="A60" s="11" t="s">
+      <c r="D64" s="14">
+        <v>0.94117647058823528</v>
+      </c>
+    </row>
+    <row r="65" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A65" s="11" t="s">
         <v>123</v>
       </c>
-      <c r="B60" s="5">
-[...68 lines deleted...]
-      </c>
       <c r="B65" s="5">
-        <v>116</v>
+        <v>62</v>
       </c>
       <c r="C65" s="1">
-        <v>132</v>
+        <v>66</v>
       </c>
       <c r="D65" s="14">
-        <v>0.87878787878787878</v>
-[...2 lines deleted...]
-    <row r="66" spans="1:4" x14ac:dyDescent="0.25">
+        <v>0.93939393939393945</v>
+      </c>
+    </row>
+    <row r="66" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A66" s="11" t="s">
         <v>98</v>
       </c>
       <c r="B66" s="5">
-        <v>101</v>
+        <v>108</v>
       </c>
       <c r="C66" s="1">
         <v>115</v>
       </c>
       <c r="D66" s="14">
-        <v>0.87826086956521743</v>
-[...2 lines deleted...]
-    <row r="67" spans="1:4" x14ac:dyDescent="0.25">
+        <v>0.93913043478260871</v>
+      </c>
+    </row>
+    <row r="67" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A67" s="11" t="s">
-        <v>110</v>
+        <v>46</v>
       </c>
       <c r="B67" s="5">
+        <v>15</v>
+      </c>
+      <c r="C67" s="1">
+        <v>16</v>
+      </c>
+      <c r="D67" s="14">
+        <v>0.9375</v>
+      </c>
+    </row>
+    <row r="68" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A68" s="11" t="s">
+        <v>104</v>
+      </c>
+      <c r="B68" s="5">
+        <v>115</v>
+      </c>
+      <c r="C68" s="1">
+        <v>123</v>
+      </c>
+      <c r="D68" s="14">
+        <v>0.93495934959349591</v>
+      </c>
+    </row>
+    <row r="69" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A69" s="11" t="s">
+        <v>76</v>
+      </c>
+      <c r="B69" s="5">
+        <v>52</v>
+      </c>
+      <c r="C69" s="1">
+        <v>56</v>
+      </c>
+      <c r="D69" s="14">
+        <v>0.9285714285714286</v>
+      </c>
+    </row>
+    <row r="70" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A70" s="11" t="s">
+        <v>117</v>
+      </c>
+      <c r="B70" s="5">
+        <v>37</v>
+      </c>
+      <c r="C70" s="1">
+        <v>40</v>
+      </c>
+      <c r="D70" s="14">
+        <v>0.92500000000000004</v>
+      </c>
+    </row>
+    <row r="71" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A71" s="11" t="s">
+        <v>102</v>
+      </c>
+      <c r="B71" s="5">
+        <v>85</v>
+      </c>
+      <c r="C71" s="1">
+        <v>92</v>
+      </c>
+      <c r="D71" s="14">
+        <v>0.92391304347826086</v>
+      </c>
+    </row>
+    <row r="72" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A72" s="11" t="s">
+        <v>87</v>
+      </c>
+      <c r="B72" s="5">
+        <v>22</v>
+      </c>
+      <c r="C72" s="1">
+        <v>24</v>
+      </c>
+      <c r="D72" s="14">
+        <v>0.91666666666666663</v>
+      </c>
+    </row>
+    <row r="73" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A73" s="11" t="s">
+        <v>124</v>
+      </c>
+      <c r="B73" s="5">
+        <v>63</v>
+      </c>
+      <c r="C73" s="1">
+        <v>69</v>
+      </c>
+      <c r="D73" s="14">
+        <v>0.91304347826086951</v>
+      </c>
+    </row>
+    <row r="74" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A74" s="11" t="s">
+        <v>90</v>
+      </c>
+      <c r="B74" s="5">
+        <v>136</v>
+      </c>
+      <c r="C74" s="1">
+        <v>149</v>
+      </c>
+      <c r="D74" s="14">
+        <v>0.91275167785234901</v>
+      </c>
+    </row>
+    <row r="75" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A75" s="11" t="s">
+        <v>114</v>
+      </c>
+      <c r="B75" s="5">
+        <v>52</v>
+      </c>
+      <c r="C75" s="1">
         <v>57</v>
       </c>
-      <c r="C67" s="1">
-[...105 lines deleted...]
-      <c r="A75" s="11" t="s">
+      <c r="D75" s="14">
+        <v>0.91228070175438591</v>
+      </c>
+    </row>
+    <row r="76" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A76" s="11" t="s">
         <v>121</v>
       </c>
-      <c r="B75" s="5">
-[...2 lines deleted...]
-      <c r="C75" s="1">
+      <c r="B76" s="5">
+        <v>103</v>
+      </c>
+      <c r="C76" s="1">
         <v>113</v>
       </c>
-      <c r="D75" s="14">
-[...12 lines deleted...]
-      </c>
       <c r="D76" s="14">
-        <v>0.82089552238805974</v>
-[...2 lines deleted...]
-    <row r="77" spans="1:4" x14ac:dyDescent="0.25">
+        <v>0.91150442477876104</v>
+      </c>
+    </row>
+    <row r="77" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A77" s="11" t="s">
-        <v>93</v>
+        <v>119</v>
       </c>
       <c r="B77" s="5">
         <v>71</v>
       </c>
       <c r="C77" s="1">
+        <v>78</v>
+      </c>
+      <c r="D77" s="14">
+        <v>0.91025641025641024</v>
+      </c>
+    </row>
+    <row r="78" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A78" s="11" t="s">
+        <v>130</v>
+      </c>
+      <c r="B78" s="5">
+        <v>79</v>
+      </c>
+      <c r="C78" s="1">
         <v>87</v>
       </c>
-      <c r="D77" s="14">
-[...12 lines deleted...]
-      </c>
       <c r="D78" s="14">
-        <v>0.80555555555555558</v>
-[...2 lines deleted...]
-    <row r="79" spans="1:4" x14ac:dyDescent="0.25">
+        <v>0.90804597701149425</v>
+      </c>
+    </row>
+    <row r="79" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A79" s="11" t="s">
+        <v>81</v>
+      </c>
+      <c r="B79" s="5">
+        <v>82</v>
+      </c>
+      <c r="C79" s="1">
+        <v>91</v>
+      </c>
+      <c r="D79" s="14">
+        <v>0.90109890109890112</v>
+      </c>
+    </row>
+    <row r="80" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A80" s="11" t="s">
+        <v>110</v>
+      </c>
+      <c r="B80" s="5">
+        <v>57</v>
+      </c>
+      <c r="C80" s="1">
+        <v>64</v>
+      </c>
+      <c r="D80" s="14">
+        <v>0.890625</v>
+      </c>
+    </row>
+    <row r="81" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A81" s="11" t="s">
         <v>48</v>
       </c>
-      <c r="B79" s="5">
-[...24 lines deleted...]
-      <c r="A81" s="11" t="s">
+      <c r="B81" s="5">
+        <v>92</v>
+      </c>
+      <c r="C81" s="1">
+        <v>105</v>
+      </c>
+      <c r="D81" s="14">
+        <v>0.87619047619047619</v>
+      </c>
+    </row>
+    <row r="82" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A82" s="11" t="s">
+        <v>71</v>
+      </c>
+      <c r="B82" s="5">
+        <v>41</v>
+      </c>
+      <c r="C82" s="1">
+        <v>48</v>
+      </c>
+      <c r="D82" s="14">
+        <v>0.85416666666666663</v>
+      </c>
+    </row>
+    <row r="83" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A83" s="11" t="s">
+        <v>51</v>
+      </c>
+      <c r="B83" s="5">
+        <v>95</v>
+      </c>
+      <c r="C83" s="1">
+        <v>113</v>
+      </c>
+      <c r="D83" s="14">
+        <v>0.84070796460176989</v>
+      </c>
+    </row>
+    <row r="84" spans="1:4" x14ac:dyDescent="0.35">
+      <c r="A84" s="11" t="s">
         <v>53</v>
       </c>
-      <c r="B81" s="5">
-[...40 lines deleted...]
-      </c>
       <c r="B84" s="5">
-        <v>87</v>
+        <v>115</v>
       </c>
       <c r="C84" s="1">
-        <v>117</v>
+        <v>137</v>
       </c>
       <c r="D84" s="14">
-        <v>0.74358974358974361</v>
-[...2 lines deleted...]
-    <row r="85" spans="1:4" x14ac:dyDescent="0.25">
+        <v>0.83941605839416056</v>
+      </c>
+    </row>
+    <row r="85" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A85" s="11" t="s">
         <v>79</v>
       </c>
       <c r="B85" s="5">
         <v>14</v>
       </c>
       <c r="C85" s="1">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="D85" s="14">
-        <v>0.73684210526315785</v>
-[...2 lines deleted...]
-    <row r="86" spans="1:4" x14ac:dyDescent="0.25">
+        <v>0.77777777777777779</v>
+      </c>
+    </row>
+    <row r="86" spans="1:4" x14ac:dyDescent="0.35">
       <c r="A86" s="11" t="s">
         <v>111</v>
       </c>
       <c r="B86" s="5">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C86" s="1">
         <v>46</v>
       </c>
       <c r="D86" s="14">
-        <v>0.65217391304347827</v>
-[...2 lines deleted...]
-    <row r="87" spans="1:4" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+        <v>0.67391304347826086</v>
+      </c>
+    </row>
+    <row r="87" spans="1:4" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A87" s="23" t="s">
         <v>44</v>
       </c>
       <c r="B87" s="24">
-        <v>5267</v>
+        <v>5497</v>
       </c>
       <c r="C87" s="25">
-        <v>5773</v>
+        <v>5732</v>
       </c>
       <c r="D87" s="21">
-        <v>0.91235059760956172</v>
+        <v>0.95900209351011867</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:G11"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A2" sqref="A2:D11"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.453125" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="45" style="8" bestFit="1" customWidth="1"/>
-    <col min="2" max="2" width="29.42578125" style="8" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="29.453125" style="8" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="22" style="8" bestFit="1" customWidth="1"/>
-    <col min="4" max="4" width="9.85546875" style="8" bestFit="1" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="7" max="16384" width="11.42578125" style="8"/>
+    <col min="4" max="4" width="9.81640625" style="8" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="20.81640625" style="8" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="14.453125" style="8" bestFit="1" customWidth="1"/>
+    <col min="7" max="16384" width="11.453125" style="8"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A1" s="11"/>
       <c r="B1" s="1" t="s">
         <v>147</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>148</v>
       </c>
       <c r="D1" s="12" t="s">
         <v>45</v>
       </c>
     </row>
-    <row r="2" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A2" s="13" t="s">
+        <v>142</v>
+      </c>
+      <c r="B2" s="2">
+        <v>243</v>
+      </c>
+      <c r="C2" s="2">
+        <v>245</v>
+      </c>
+      <c r="D2" s="14">
+        <v>0.99183673469387756</v>
+      </c>
+      <c r="G2" s="7"/>
+    </row>
+    <row r="3" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A3" s="13" t="s">
+        <v>141</v>
+      </c>
+      <c r="B3" s="2">
+        <v>213</v>
+      </c>
+      <c r="C3" s="2">
+        <v>215</v>
+      </c>
+      <c r="D3" s="14">
+        <v>0.99069767441860468</v>
+      </c>
+      <c r="G3" s="7"/>
+    </row>
+    <row r="4" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A4" s="13" t="s">
+        <v>146</v>
+      </c>
+      <c r="B4" s="2">
+        <v>207</v>
+      </c>
+      <c r="C4" s="2">
+        <v>209</v>
+      </c>
+      <c r="D4" s="14">
+        <v>0.99043062200956933</v>
+      </c>
+      <c r="G4" s="7"/>
+    </row>
+    <row r="5" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A5" s="13" t="s">
         <v>139</v>
       </c>
-      <c r="B2" s="2">
-[...11 lines deleted...]
-      <c r="A3" s="13" t="s">
+      <c r="B5" s="2">
+        <v>1039</v>
+      </c>
+      <c r="C5" s="2">
+        <v>1066</v>
+      </c>
+      <c r="D5" s="14">
+        <v>0.97467166979362097</v>
+      </c>
+      <c r="G5" s="7"/>
+    </row>
+    <row r="6" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A6" s="13" t="s">
+        <v>140</v>
+      </c>
+      <c r="B6" s="2">
+        <v>679</v>
+      </c>
+      <c r="C6" s="2">
+        <v>700</v>
+      </c>
+      <c r="D6" s="14">
+        <v>0.97</v>
+      </c>
+      <c r="G6" s="7"/>
+    </row>
+    <row r="7" spans="1:7" x14ac:dyDescent="0.35">
+      <c r="A7" s="13" t="s">
         <v>143</v>
       </c>
-      <c r="B3" s="2">
-[...58 lines deleted...]
-      </c>
       <c r="B7" s="2">
-        <v>633</v>
+        <v>1004</v>
       </c>
       <c r="C7" s="2">
-        <v>692</v>
+        <v>1037</v>
       </c>
       <c r="D7" s="14">
-        <v>0.91473988439306353</v>
+        <v>0.96817743490838959</v>
       </c>
       <c r="G7" s="7"/>
     </row>
-    <row r="8" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A8" s="13" t="s">
         <v>144</v>
       </c>
       <c r="B8" s="2">
-        <v>652</v>
+        <v>674</v>
       </c>
       <c r="C8" s="2">
-        <v>716</v>
+        <v>710</v>
       </c>
       <c r="D8" s="14">
-        <v>0.91061452513966479</v>
+        <v>0.94929577464788728</v>
       </c>
       <c r="G8" s="7"/>
     </row>
-    <row r="9" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A9" s="13" t="s">
         <v>145</v>
       </c>
       <c r="B9" s="2">
-        <v>401</v>
+        <v>415</v>
       </c>
       <c r="C9" s="2">
-        <v>448</v>
+        <v>439</v>
       </c>
       <c r="D9" s="14">
-        <v>0.8950892857142857</v>
+        <v>0.9453302961275627</v>
       </c>
       <c r="G9" s="7"/>
     </row>
-    <row r="10" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:7" x14ac:dyDescent="0.35">
       <c r="A10" s="13" t="s">
         <v>138</v>
       </c>
       <c r="B10" s="2">
-        <v>968</v>
+        <v>1023</v>
       </c>
       <c r="C10" s="2">
-        <v>1122</v>
+        <v>1111</v>
       </c>
       <c r="D10" s="14">
-        <v>0.86274509803921573</v>
+        <v>0.92079207920792083</v>
       </c>
       <c r="G10" s="7"/>
     </row>
-    <row r="11" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="11" spans="1:7" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A11" s="17" t="s">
         <v>44</v>
       </c>
       <c r="B11" s="18">
-        <v>5267</v>
+        <v>5497</v>
       </c>
       <c r="C11" s="19">
-        <v>5773</v>
+        <v>5732</v>
       </c>
       <c r="D11" s="21">
-        <v>0.91235059760956172</v>
+        <v>0.95900209351011867</v>
       </c>
       <c r="G11" s="7"/>
     </row>
   </sheetData>
   <sortState ref="A2:D10">
     <sortCondition descending="1" ref="D2:D10"/>
   </sortState>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:F12"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="A17" sqref="A17"/>
+      <selection activeCell="A12" sqref="A12:F12"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.453125" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="45" style="8" bestFit="1" customWidth="1"/>
-    <col min="2" max="2" width="29.42578125" style="8" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="29.453125" style="8" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="22" style="8" bestFit="1" customWidth="1"/>
-    <col min="4" max="4" width="9.85546875" style="8" bestFit="1" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="7" max="16384" width="11.42578125" style="8"/>
+    <col min="4" max="4" width="9.81640625" style="8" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="20.81640625" style="8" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="14.453125" style="8" bestFit="1" customWidth="1"/>
+    <col min="7" max="16384" width="11.453125" style="8"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:6" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A1" s="11"/>
       <c r="B1" s="1" t="s">
         <v>149</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>150</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>148</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>151</v>
       </c>
       <c r="F1" s="12" t="s">
         <v>152</v>
       </c>
     </row>
-    <row r="2" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A2" s="13" t="s">
+    <row r="2" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A2" s="26" t="s">
         <v>137</v>
       </c>
       <c r="B2" s="5">
-        <v>869</v>
+        <v>2462</v>
       </c>
       <c r="C2" s="5">
-        <v>51</v>
+        <v>121</v>
       </c>
       <c r="D2" s="2">
-        <v>977</v>
+        <v>2699</v>
       </c>
       <c r="E2" s="3">
-        <v>0.88945752302968273</v>
-[...6 lines deleted...]
-      <c r="A3" s="13" t="s">
+        <f>B2/D2</f>
+        <v>0.91218969988884768</v>
+      </c>
+      <c r="F2" s="3">
+        <f>(B2+C2)/D2</f>
+        <v>0.95702111893293818</v>
+      </c>
+    </row>
+    <row r="3" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A3" s="26" t="s">
         <v>131</v>
       </c>
       <c r="B3" s="5">
-        <v>311</v>
+        <v>849</v>
       </c>
       <c r="C3" s="5">
-        <v>7</v>
+        <v>39</v>
       </c>
       <c r="D3" s="2">
-        <v>350</v>
+        <v>975</v>
       </c>
       <c r="E3" s="3">
-        <v>0.88857142857142857</v>
-[...6 lines deleted...]
-      <c r="A4" s="13" t="s">
+        <f t="shared" ref="E3:E7" si="0">B3/D3</f>
+        <v>0.87076923076923074</v>
+      </c>
+      <c r="F3" s="3">
+        <f t="shared" ref="F3:F7" si="1">(B3+C3)/D3</f>
+        <v>0.91076923076923078</v>
+      </c>
+    </row>
+    <row r="4" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A4" s="26" t="s">
         <v>132</v>
       </c>
       <c r="B4" s="5">
-        <v>215</v>
+        <v>591</v>
       </c>
       <c r="C4" s="5">
-        <v>3</v>
+        <v>9</v>
       </c>
       <c r="D4" s="2">
-        <v>221</v>
+        <v>617</v>
       </c>
       <c r="E4" s="3">
-        <v>0.97285067873303166</v>
-[...6 lines deleted...]
-      <c r="A5" s="13" t="s">
+        <f t="shared" si="0"/>
+        <v>0.95786061588330629</v>
+      </c>
+      <c r="F4" s="3">
+        <f t="shared" si="1"/>
+        <v>0.97244732576985415</v>
+      </c>
+    </row>
+    <row r="5" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A5" s="26" t="s">
         <v>133</v>
       </c>
       <c r="B5" s="5">
-        <v>73</v>
+        <v>200</v>
       </c>
       <c r="C5" s="5">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="D5" s="2">
-        <v>75</v>
+        <v>208</v>
       </c>
       <c r="E5" s="3">
-        <v>0.97333333333333338</v>
-[...6 lines deleted...]
-      <c r="A6" s="13" t="s">
+        <f t="shared" si="0"/>
+        <v>0.96153846153846156</v>
+      </c>
+      <c r="F5" s="3">
+        <f t="shared" si="1"/>
+        <v>0.98076923076923073</v>
+      </c>
+    </row>
+    <row r="6" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A6" s="26" t="s">
         <v>134</v>
       </c>
       <c r="B6" s="5">
-        <v>64</v>
+        <v>188</v>
       </c>
       <c r="C6" s="5">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="D6" s="2">
-        <v>65</v>
+        <v>200</v>
       </c>
       <c r="E6" s="3">
-        <v>0.98461538461538467</v>
-[...6 lines deleted...]
-      <c r="A7" s="13" t="s">
+        <f t="shared" si="0"/>
+        <v>0.94</v>
+      </c>
+      <c r="F6" s="3">
+        <f t="shared" si="1"/>
+        <v>0.97</v>
+      </c>
+    </row>
+    <row r="7" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A7" s="26" t="s">
         <v>136</v>
       </c>
       <c r="B7" s="5">
-        <v>164</v>
+        <v>447</v>
       </c>
       <c r="C7" s="5">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="D7" s="2">
-        <v>172</v>
+        <v>467</v>
       </c>
       <c r="E7" s="3">
-        <v>0.95348837209302328</v>
-[...5 lines deleted...]
-    <row r="8" spans="1:6" x14ac:dyDescent="0.25">
+        <f t="shared" si="0"/>
+        <v>0.95717344753747324</v>
+      </c>
+      <c r="F7" s="3">
+        <f t="shared" si="1"/>
+        <v>0.96573875802997855</v>
+      </c>
+    </row>
+    <row r="8" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A8" s="15" t="s">
         <v>155</v>
       </c>
       <c r="B8" s="9">
         <f>SUM(B2:B7)</f>
-        <v>1696</v>
+        <v>4737</v>
       </c>
       <c r="C8" s="9">
-        <f t="shared" ref="C8:D8" si="0">SUM(C2:C7)</f>
-        <v>63</v>
+        <f t="shared" ref="C8:D8" si="2">SUM(C2:C7)</f>
+        <v>183</v>
       </c>
       <c r="D8" s="9">
-        <f t="shared" si="0"/>
-        <v>1860</v>
+        <f t="shared" si="2"/>
+        <v>5166</v>
       </c>
       <c r="E8" s="10">
         <f>B8/D8</f>
-        <v>0.91182795698924735</v>
+        <v>0.91695702671312429</v>
       </c>
       <c r="F8" s="16">
         <f>SUM(B8:C8)/D8</f>
-        <v>0.94569892473118278</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:6" x14ac:dyDescent="0.25">
+        <v>0.95238095238095233</v>
+      </c>
+    </row>
+    <row r="9" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A9" s="13" t="s">
         <v>154</v>
       </c>
       <c r="B9" s="5">
-        <v>65</v>
+        <v>160</v>
       </c>
       <c r="C9" s="5">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D9" s="2">
-        <v>65</v>
+        <v>173</v>
       </c>
       <c r="E9" s="3">
-        <v>1</v>
+        <v>0.92485549132947975</v>
       </c>
       <c r="F9" s="14">
-        <v>1</v>
-[...2 lines deleted...]
-    <row r="10" spans="1:6" x14ac:dyDescent="0.25">
+        <v>0.93063583815028905</v>
+      </c>
+    </row>
+    <row r="10" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A10" s="13" t="s">
         <v>135</v>
       </c>
       <c r="B10" s="5">
-        <v>101</v>
+        <v>268</v>
       </c>
       <c r="C10" s="5">
-        <v>0</v>
+        <v>7</v>
       </c>
       <c r="D10" s="2">
-        <v>106</v>
+        <v>295</v>
       </c>
       <c r="E10" s="3">
-        <v>0.95283018867924529</v>
+        <v>0.90847457627118644</v>
       </c>
       <c r="F10" s="14">
-        <v>0.95283018867924529</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:6" x14ac:dyDescent="0.25">
+        <v>0.93220338983050843</v>
+      </c>
+    </row>
+    <row r="11" spans="1:6" x14ac:dyDescent="0.35">
       <c r="A11" s="15" t="s">
         <v>156</v>
       </c>
       <c r="B11" s="9">
         <f>SUM(B9:B10)</f>
-        <v>166</v>
+        <v>428</v>
       </c>
       <c r="C11" s="9">
-        <f t="shared" ref="C11:D11" si="1">SUM(C9:C10)</f>
-        <v>0</v>
+        <f t="shared" ref="C11:D11" si="3">SUM(C9:C10)</f>
+        <v>8</v>
       </c>
       <c r="D11" s="9">
-        <f t="shared" si="1"/>
-        <v>171</v>
+        <f t="shared" si="3"/>
+        <v>468</v>
       </c>
       <c r="E11" s="10">
         <f>B11/D11</f>
-        <v>0.9707602339181286</v>
+        <v>0.9145299145299145</v>
       </c>
       <c r="F11" s="16">
         <f>SUM(B11:C11)/D11</f>
-        <v>0.9707602339181286</v>
-[...2 lines deleted...]
-    <row r="12" spans="1:6" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+        <v>0.93162393162393164</v>
+      </c>
+    </row>
+    <row r="12" spans="1:6" ht="15" thickBot="1" x14ac:dyDescent="0.4">
       <c r="A12" s="17" t="s">
         <v>44</v>
       </c>
       <c r="B12" s="18">
-        <v>1862</v>
+        <v>5165</v>
       </c>
       <c r="C12" s="18">
-        <v>63</v>
+        <v>191</v>
       </c>
       <c r="D12" s="19">
-        <v>2031</v>
+        <v>5634</v>
       </c>
       <c r="E12" s="20">
-        <v>0.91678975873953716</v>
+        <v>0.91675541356052537</v>
       </c>
       <c r="F12" s="21">
-        <v>0.94780896110290502</v>
+        <v>0.9506567270145545</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Hojas de cálculo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>4</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="4" baseType="lpstr">
       <vt:lpstr>Nacidos antes - municipios</vt:lpstr>
       <vt:lpstr>Nacidos antes - ZBS</vt:lpstr>
       <vt:lpstr>Nacidos antes - áreas</vt:lpstr>
-      <vt:lpstr>Nacidos 29092025 a 21112025</vt:lpstr>
+      <vt:lpstr>Nacidos 29092025 a 27022026</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>C.A.R.M.</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>ZORNOZA MORENO, MATILDE</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>