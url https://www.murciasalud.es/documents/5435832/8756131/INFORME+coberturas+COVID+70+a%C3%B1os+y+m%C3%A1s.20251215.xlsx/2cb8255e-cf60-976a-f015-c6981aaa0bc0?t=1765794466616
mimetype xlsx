--- v0 (2025-12-15)
+++ v1 (2026-03-04)
@@ -8,232 +8,231 @@
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/style1.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/xl/charts/colors1.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
   <workbookPr filterPrivacy="1"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="22260" windowHeight="12648" tabRatio="727" activeTab="2"/>
+    <workbookView xWindow="0" yWindow="0" windowWidth="22260" windowHeight="12645" tabRatio="727" activeTab="2"/>
   </bookViews>
   <sheets>
     <sheet name="70 y más años - municipios" sheetId="1" r:id="rId1"/>
     <sheet name="70 y más años - ZBS " sheetId="2" r:id="rId2"/>
     <sheet name="70 y más años - área" sheetId="3" r:id="rId3"/>
   </sheets>
   <externalReferences>
     <externalReference r:id="rId4"/>
   </externalReferences>
-  <calcPr calcId="152511"/>
+  <calcPr calcId="162913"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="C87" i="2" l="1"/>
-[...1 lines deleted...]
-  <c r="B47" i="1" l="1"/>
+  <c r="B87" i="2" l="1"/>
+  <c r="B47" i="1"/>
   <c r="C11" i="3" l="1"/>
-  <c r="D5" i="1" l="1"/>
-  <c r="D4" i="1"/>
+  <c r="D4" i="1" l="1"/>
+  <c r="D5" i="1"/>
   <c r="D3" i="1"/>
+  <c r="D26" i="1"/>
+  <c r="D22" i="1"/>
+  <c r="D6" i="1"/>
+  <c r="D2" i="1"/>
+  <c r="D13" i="1"/>
+  <c r="D30" i="1"/>
+  <c r="D8" i="1"/>
+  <c r="D9" i="1"/>
+  <c r="D14" i="1"/>
   <c r="D24" i="1"/>
   <c r="D19" i="1"/>
-  <c r="D6" i="1"/>
-  <c r="D2" i="1"/>
+  <c r="D18" i="1"/>
   <c r="D12" i="1"/>
+  <c r="D36" i="1"/>
+  <c r="D11" i="1"/>
+  <c r="D29" i="1"/>
+  <c r="D16" i="1"/>
+  <c r="D31" i="1"/>
+  <c r="D17" i="1"/>
+  <c r="D37" i="1"/>
+  <c r="D35" i="1"/>
+  <c r="D27" i="1"/>
+  <c r="D20" i="1"/>
+  <c r="D23" i="1"/>
+  <c r="D15" i="1"/>
+  <c r="D39" i="1"/>
+  <c r="D28" i="1"/>
+  <c r="D38" i="1"/>
+  <c r="D25" i="1"/>
+  <c r="D33" i="1"/>
+  <c r="D21" i="1"/>
+  <c r="D41" i="1"/>
   <c r="D32" i="1"/>
-  <c r="D8" i="1"/>
-[...12 lines deleted...]
-  <c r="D38" i="1"/>
+  <c r="D40" i="1"/>
   <c r="D34" i="1"/>
-  <c r="D29" i="1"/>
-[...12 lines deleted...]
-  <c r="D36" i="1"/>
   <c r="D43" i="1"/>
   <c r="D42" i="1"/>
   <c r="D44" i="1"/>
   <c r="D45" i="1"/>
   <c r="D46" i="1"/>
   <c r="D7" i="1"/>
-  <c r="D20" i="1" l="1"/>
+  <c r="D10" i="1" l="1"/>
   <c r="D47" i="1" l="1"/>
+  <c r="D86" i="2" l="1"/>
+  <c r="D78" i="2"/>
+  <c r="D26" i="2"/>
+  <c r="D17" i="2"/>
+  <c r="D35" i="2"/>
+  <c r="D69" i="2"/>
+  <c r="D33" i="2"/>
+  <c r="D72" i="2"/>
+  <c r="D29" i="2"/>
+  <c r="D84" i="2"/>
+  <c r="D8" i="2"/>
+  <c r="D5" i="2"/>
+  <c r="D59" i="2"/>
+  <c r="D62" i="2"/>
+  <c r="D54" i="2"/>
+  <c r="D55" i="2"/>
+  <c r="D42" i="2"/>
+  <c r="D38" i="2"/>
+  <c r="D74" i="2"/>
+  <c r="D83" i="2"/>
+  <c r="D65" i="2"/>
+  <c r="D37" i="2"/>
+  <c r="D64" i="2"/>
+  <c r="D25" i="2"/>
+  <c r="D79" i="2"/>
+  <c r="D48" i="2"/>
+  <c r="D4" i="2"/>
+  <c r="D81" i="2"/>
+  <c r="D49" i="2"/>
+  <c r="D44" i="2"/>
+  <c r="D77" i="2"/>
+  <c r="D50" i="2"/>
+  <c r="D71" i="2"/>
+  <c r="D67" i="2"/>
+  <c r="D58" i="2"/>
+  <c r="D24" i="2"/>
+  <c r="D73" i="2"/>
+  <c r="D63" i="2"/>
+  <c r="D40" i="2"/>
+  <c r="D30" i="2"/>
+  <c r="D3" i="2"/>
+  <c r="D75" i="2"/>
+  <c r="D56" i="2"/>
+  <c r="D34" i="2"/>
+  <c r="D43" i="2"/>
+  <c r="D2" i="2"/>
+  <c r="D80" i="2"/>
+  <c r="D46" i="2"/>
+  <c r="D6" i="2"/>
+  <c r="D57" i="2"/>
+  <c r="D31" i="2"/>
+  <c r="D70" i="2"/>
+  <c r="D51" i="2"/>
+  <c r="D82" i="2"/>
+  <c r="D15" i="2"/>
+  <c r="D39" i="2"/>
+  <c r="D11" i="2"/>
+  <c r="D52" i="2"/>
+  <c r="D13" i="2"/>
+  <c r="D19" i="2"/>
+  <c r="D22" i="2"/>
+  <c r="D28" i="2"/>
+  <c r="D41" i="2"/>
+  <c r="D9" i="2"/>
+  <c r="D36" i="2"/>
+  <c r="D23" i="2"/>
+  <c r="D14" i="2"/>
+  <c r="D85" i="2"/>
+  <c r="D7" i="2"/>
+  <c r="D32" i="2"/>
+  <c r="D10" i="2"/>
+  <c r="D27" i="2"/>
+  <c r="D20" i="2"/>
+  <c r="D76" i="2"/>
+  <c r="D60" i="2"/>
+  <c r="D53" i="2"/>
+  <c r="D66" i="2"/>
+  <c r="D18" i="2"/>
+  <c r="D61" i="2"/>
+  <c r="D68" i="2"/>
+  <c r="D21" i="2"/>
+  <c r="D47" i="2"/>
+  <c r="D12" i="2"/>
+  <c r="D45" i="2"/>
+  <c r="D87" i="2" l="1"/>
+  <c r="D16" i="2"/>
   <c r="B6" i="3" l="1"/>
   <c r="D6" i="3" s="1"/>
   <c r="B8" i="3" l="1"/>
   <c r="D8" i="3" s="1"/>
   <c r="B7" i="3"/>
   <c r="D7" i="3" s="1"/>
   <c r="B2" i="3"/>
   <c r="B4" i="3"/>
   <c r="D4" i="3" s="1"/>
   <c r="B3" i="3"/>
   <c r="D3" i="3" s="1"/>
   <c r="B5" i="3"/>
   <c r="D5" i="3" s="1"/>
   <c r="B9" i="3"/>
   <c r="D9" i="3" s="1"/>
   <c r="B10" i="3"/>
   <c r="D10" i="3" s="1"/>
-  <c r="B11" i="3" l="1"/>
-[...87 lines deleted...]
-  <c r="D2" i="2"/>
+  <c r="D2" i="3" l="1"/>
+  <c r="B11" i="3"/>
+  <c r="D11" i="3" s="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="153" uniqueCount="145">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="152" uniqueCount="145">
   <si>
     <t>Personas vacunadas</t>
   </si>
   <si>
     <t>Población</t>
   </si>
   <si>
     <t>Cobertura</t>
   </si>
   <si>
     <t>Abanilla</t>
   </si>
   <si>
     <t>BULLAS</t>
   </si>
   <si>
     <t>Abarán</t>
   </si>
   <si>
     <t>CALASPARRA</t>
   </si>
   <si>
     <t>LORQUÍ</t>
   </si>
   <si>
@@ -629,96 +628,96 @@
   <si>
     <t>Área 7</t>
   </si>
   <si>
     <t>Área 1</t>
   </si>
   <si>
     <t>Área 3</t>
   </si>
   <si>
     <t>Área 9</t>
   </si>
   <si>
     <t>Área 2</t>
   </si>
   <si>
     <t>Área 8</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="3" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9"/>
         <bgColor theme="4" tint="0.79998168889431442"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="7">
+  <borders count="6">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
@@ -757,159 +756,167 @@
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
-    <border>
-[...13 lines deleted...]
-    </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="9" fontId="2" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="25">
+  <cellXfs count="22">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="10" fontId="0" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
+    <xf numFmtId="10" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="10" fontId="1" fillId="2" borderId="5" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="10" fontId="1" fillId="3" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="10" fontId="0" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="1" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Porcentaje" xfId="1" builtinId="5"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink1.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors1.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style1.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/chart1.xml><?xml version="1.0" encoding="utf-8"?>
-<c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+<c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>
   <c:lang val="es-ES"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
       <c14:style val="102"/>
     </mc:Choice>
     <mc:Fallback>
       <c:style val="2"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <c:chart>
     <c:title>
+      <c:tx>
+        <c:rich>
+          <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Cobertura dosis estacional</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" baseline="0"/>
+              <a:t> de vacuna frente a COVID-19 en personas de 70 años o más</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </c:rich>
+      </c:tx>
       <c:layout/>
       <c:overlay val="0"/>
       <c:spPr>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:effectLst/>
       </c:spPr>
       <c:txPr>
         <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
         <a:lstStyle/>
         <a:p>
           <a:pPr>
             <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
               <a:solidFill>
                 <a:schemeClr val="tx1">
                   <a:lumMod val="65000"/>
                   <a:lumOff val="35000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:defRPr>
@@ -927,173 +934,296 @@
         <c:varyColors val="0"/>
         <c:ser>
           <c:idx val="2"/>
           <c:order val="2"/>
           <c:tx>
             <c:strRef>
               <c:f>'70 y más años - área'!$D$1</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Cobertura</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:solidFill>
               <a:schemeClr val="accent6"/>
             </a:solidFill>
             <a:ln>
               <a:noFill/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
           <c:invertIfNegative val="0"/>
+          <c:dLbls>
+            <c:spPr>
+              <a:noFill/>
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:effectLst/>
+            </c:spPr>
+            <c:txPr>
+              <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" lIns="38100" tIns="19050" rIns="38100" bIns="19050" anchor="ctr" anchorCtr="1">
+                <a:spAutoFit/>
+              </a:bodyPr>
+              <a:lstStyle/>
+              <a:p>
+                <a:pPr>
+                  <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
+                    <a:solidFill>
+                      <a:schemeClr val="tx1">
+                        <a:lumMod val="75000"/>
+                        <a:lumOff val="25000"/>
+                      </a:schemeClr>
+                    </a:solidFill>
+                    <a:latin typeface="+mn-lt"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="+mn-cs"/>
+                  </a:defRPr>
+                </a:pPr>
+                <a:endParaRPr lang="es-ES"/>
+              </a:p>
+            </c:txPr>
+            <c:dLblPos val="outEnd"/>
+            <c:showLegendKey val="0"/>
+            <c:showVal val="1"/>
+            <c:showCatName val="0"/>
+            <c:showSerName val="0"/>
+            <c:showPercent val="0"/>
+            <c:showBubbleSize val="0"/>
+            <c:showLeaderLines val="0"/>
+            <c:extLst>
+              <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
+                <c15:layout/>
+                <c15:showLeaderLines val="1"/>
+                <c15:leaderLines>
+                  <c:spPr>
+                    <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1">
+                          <a:lumMod val="35000"/>
+                          <a:lumOff val="65000"/>
+                        </a:schemeClr>
+                      </a:solidFill>
+                      <a:round/>
+                    </a:ln>
+                    <a:effectLst/>
+                  </c:spPr>
+                </c15:leaderLines>
+              </c:ext>
+            </c:extLst>
+          </c:dLbls>
           <c:cat>
             <c:strRef>
               <c:f>'70 y más años - área'!$A$2:$A$11</c:f>
               <c:strCache>
                 <c:ptCount val="10"/>
                 <c:pt idx="0">
                   <c:v>Área 4</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>Área 6</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>Área 5</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>Área 7</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>Área 1</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>Área 3</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>Área 2</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>Área 8</c:v>
                 </c:pt>
                 <c:pt idx="8">
                   <c:v>Área 9</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>Total general</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>'70 y más años - área'!$D$2:$D$11</c:f>
               <c:numCache>
                 <c:formatCode>0.00%</c:formatCode>
                 <c:ptCount val="10"/>
                 <c:pt idx="0">
-                  <c:v>0.39201349831271093</c:v>
+                  <c:v>0.39604424446944131</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>0.37775306582646034</c:v>
+                  <c:v>0.38439440274302661</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>0.37048624690392384</c:v>
+                  <c:v>0.37895971842002346</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>0.3682678908107222</c:v>
+                  <c:v>0.37568653168292482</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>0.35079389082110995</c:v>
+                  <c:v>0.35590503553606534</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>0.3445175144275936</c:v>
+                  <c:v>0.34988592135283852</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>0.31616017727128837</c:v>
+                  <c:v>0.32359924026590692</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>0.3103711041682542</c:v>
+                  <c:v>0.31860092966547282</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>0.26032190342897132</c:v>
+                  <c:v>0.26424072778166552</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>0.34687129048668813</c:v>
+                  <c:v>0.35328874851619468</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
+          <c:extLst>
+            <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+              <c16:uniqueId val="{00000000-5043-4FE6-855C-3CCE0193711D}"/>
+            </c:ext>
+          </c:extLst>
         </c:ser>
         <c:dLbls>
+          <c:dLblPos val="outEnd"/>
           <c:showLegendKey val="0"/>
-          <c:showVal val="0"/>
+          <c:showVal val="1"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:gapWidth val="219"/>
         <c:overlap val="-27"/>
-        <c:axId val="183215072"/>
-        <c:axId val="452075784"/>
+        <c:axId val="219938888"/>
+        <c:axId val="190615128"/>
         <c:extLst>
           <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{02D57815-91ED-43cb-92C2-25804820EDAC}">
             <c15:filteredBarSeries>
               <c15:ser>
                 <c:idx val="0"/>
                 <c:order val="0"/>
                 <c:tx>
                   <c:strRef>
                     <c:extLst>
                       <c:ext uri="{02D57815-91ED-43cb-92C2-25804820EDAC}">
                         <c15:formulaRef>
                           <c15:sqref>'70 y más años - área'!$B$1</c15:sqref>
                         </c15:formulaRef>
                       </c:ext>
                     </c:extLst>
                     <c:strCache>
                       <c:ptCount val="1"/>
                       <c:pt idx="0">
                         <c:v>Personas vacunadas </c:v>
                       </c:pt>
                     </c:strCache>
                   </c:strRef>
                 </c:tx>
                 <c:spPr>
                   <a:solidFill>
                     <a:schemeClr val="accent1"/>
                   </a:solidFill>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                   <a:effectLst/>
                 </c:spPr>
                 <c:invertIfNegative val="0"/>
+                <c:dLbls>
+                  <c:spPr>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                    <a:effectLst/>
+                  </c:spPr>
+                  <c:txPr>
+                    <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" lIns="38100" tIns="19050" rIns="38100" bIns="19050" anchor="ctr" anchorCtr="1">
+                      <a:spAutoFit/>
+                    </a:bodyPr>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr>
+                        <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1">
+                              <a:lumMod val="75000"/>
+                              <a:lumOff val="25000"/>
+                            </a:schemeClr>
+                          </a:solidFill>
+                          <a:latin typeface="+mn-lt"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:defRPr>
+                      </a:pPr>
+                      <a:endParaRPr lang="es-ES"/>
+                    </a:p>
+                  </c:txPr>
+                  <c:dLblPos val="outEnd"/>
+                  <c:showLegendKey val="0"/>
+                  <c:showVal val="1"/>
+                  <c:showCatName val="0"/>
+                  <c:showSerName val="0"/>
+                  <c:showPercent val="0"/>
+                  <c:showBubbleSize val="0"/>
+                  <c:showLeaderLines val="0"/>
+                  <c:extLst>
+                    <c:ext uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
+                      <c15:showLeaderLines val="1"/>
+                      <c15:leaderLines>
+                        <c:spPr>
+                          <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+                            <a:solidFill>
+                              <a:schemeClr val="tx1">
+                                <a:lumMod val="35000"/>
+                                <a:lumOff val="65000"/>
+                              </a:schemeClr>
+                            </a:solidFill>
+                            <a:round/>
+                          </a:ln>
+                          <a:effectLst/>
+                        </c:spPr>
+                      </c15:leaderLines>
+                    </c:ext>
+                  </c:extLst>
+                </c:dLbls>
                 <c:cat>
                   <c:strRef>
                     <c:extLst>
                       <c:ext uri="{02D57815-91ED-43cb-92C2-25804820EDAC}">
                         <c15:formulaRef>
                           <c15:sqref>'70 y más años - área'!$A$2:$A$11</c15:sqref>
                         </c15:formulaRef>
                       </c:ext>
                     </c:extLst>
                     <c:strCache>
                       <c:ptCount val="10"/>
                       <c:pt idx="0">
                         <c:v>Área 4</c:v>
                       </c:pt>
                       <c:pt idx="1">
                         <c:v>Área 6</c:v>
                       </c:pt>
                       <c:pt idx="2">
                         <c:v>Área 5</c:v>
                       </c:pt>
                       <c:pt idx="3">
                         <c:v>Área 7</c:v>
                       </c:pt>
                       <c:pt idx="4">
                         <c:v>Área 1</c:v>
@@ -1107,115 +1237,178 @@
                       <c:pt idx="7">
                         <c:v>Área 8</c:v>
                       </c:pt>
                       <c:pt idx="8">
                         <c:v>Área 9</c:v>
                       </c:pt>
                       <c:pt idx="9">
                         <c:v>Total general</c:v>
                       </c:pt>
                     </c:strCache>
                   </c:strRef>
                 </c:cat>
                 <c:val>
                   <c:numRef>
                     <c:extLst>
                       <c:ext uri="{02D57815-91ED-43cb-92C2-25804820EDAC}">
                         <c15:formulaRef>
                           <c15:sqref>'70 y más años - área'!$B$2:$B$11</c15:sqref>
                         </c15:formulaRef>
                       </c:ext>
                     </c:extLst>
                     <c:numCache>
                       <c:formatCode>General</c:formatCode>
                       <c:ptCount val="10"/>
                       <c:pt idx="0">
-                        <c:v>4182</c:v>
+                        <c:v>4225</c:v>
                       </c:pt>
                       <c:pt idx="1">
-                        <c:v>12229</c:v>
+                        <c:v>12444</c:v>
                       </c:pt>
                       <c:pt idx="2">
-                        <c:v>2842</c:v>
+                        <c:v>2907</c:v>
                       </c:pt>
                       <c:pt idx="3">
-                        <c:v>8985</c:v>
+                        <c:v>9166</c:v>
                       </c:pt>
                       <c:pt idx="4">
-                        <c:v>11599</c:v>
+                        <c:v>11768</c:v>
                       </c:pt>
                       <c:pt idx="5">
-                        <c:v>7701</c:v>
+                        <c:v>7821</c:v>
                       </c:pt>
                       <c:pt idx="6">
-                        <c:v>11985</c:v>
+                        <c:v>12267</c:v>
                       </c:pt>
                       <c:pt idx="7">
-                        <c:v>4073</c:v>
+                        <c:v>4181</c:v>
                       </c:pt>
                       <c:pt idx="8">
-                        <c:v>1860</c:v>
+                        <c:v>1888</c:v>
                       </c:pt>
                       <c:pt idx="9">
-                        <c:v>65456</c:v>
+                        <c:v>66667</c:v>
                       </c:pt>
                     </c:numCache>
                   </c:numRef>
                 </c:val>
+                <c:extLst>
+                  <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                    <c16:uniqueId val="{00000001-5043-4FE6-855C-3CCE0193711D}"/>
+                  </c:ext>
+                </c:extLst>
               </c15:ser>
             </c15:filteredBarSeries>
             <c15:filteredBarSeries>
               <c15:ser>
                 <c:idx val="1"/>
                 <c:order val="1"/>
                 <c:tx>
                   <c:strRef>
                     <c:extLst xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart">
                       <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{02D57815-91ED-43cb-92C2-25804820EDAC}">
                         <c15:formulaRef>
                           <c15:sqref>'70 y más años - área'!$C$1</c15:sqref>
                         </c15:formulaRef>
                       </c:ext>
                     </c:extLst>
                     <c:strCache>
                       <c:ptCount val="1"/>
                       <c:pt idx="0">
                         <c:v>Población</c:v>
                       </c:pt>
                     </c:strCache>
                   </c:strRef>
                 </c:tx>
                 <c:spPr>
                   <a:solidFill>
                     <a:schemeClr val="accent2"/>
                   </a:solidFill>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                   <a:effectLst/>
                 </c:spPr>
                 <c:invertIfNegative val="0"/>
+                <c:dLbls>
+                  <c:spPr>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                    <a:effectLst/>
+                  </c:spPr>
+                  <c:txPr>
+                    <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" lIns="38100" tIns="19050" rIns="38100" bIns="19050" anchor="ctr" anchorCtr="1">
+                      <a:spAutoFit/>
+                    </a:bodyPr>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr>
+                        <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1">
+                              <a:lumMod val="75000"/>
+                              <a:lumOff val="25000"/>
+                            </a:schemeClr>
+                          </a:solidFill>
+                          <a:latin typeface="+mn-lt"/>
+                          <a:ea typeface="+mn-ea"/>
+                          <a:cs typeface="+mn-cs"/>
+                        </a:defRPr>
+                      </a:pPr>
+                      <a:endParaRPr lang="es-ES"/>
+                    </a:p>
+                  </c:txPr>
+                  <c:dLblPos val="outEnd"/>
+                  <c:showLegendKey val="0"/>
+                  <c:showVal val="1"/>
+                  <c:showCatName val="0"/>
+                  <c:showSerName val="0"/>
+                  <c:showPercent val="0"/>
+                  <c:showBubbleSize val="0"/>
+                  <c:showLeaderLines val="0"/>
+                  <c:extLst xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart">
+                    <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}">
+                      <c15:showLeaderLines val="1"/>
+                      <c15:leaderLines>
+                        <c:spPr>
+                          <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+                            <a:solidFill>
+                              <a:schemeClr val="tx1">
+                                <a:lumMod val="35000"/>
+                                <a:lumOff val="65000"/>
+                              </a:schemeClr>
+                            </a:solidFill>
+                            <a:round/>
+                          </a:ln>
+                          <a:effectLst/>
+                        </c:spPr>
+                      </c15:leaderLines>
+                    </c:ext>
+                  </c:extLst>
+                </c:dLbls>
                 <c:cat>
                   <c:strRef>
                     <c:extLst xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart">
                       <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{02D57815-91ED-43cb-92C2-25804820EDAC}">
                         <c15:formulaRef>
                           <c15:sqref>'70 y más años - área'!$A$2:$A$11</c15:sqref>
                         </c15:formulaRef>
                       </c:ext>
                     </c:extLst>
                     <c:strCache>
                       <c:ptCount val="10"/>
                       <c:pt idx="0">
                         <c:v>Área 4</c:v>
                       </c:pt>
                       <c:pt idx="1">
                         <c:v>Área 6</c:v>
                       </c:pt>
                       <c:pt idx="2">
                         <c:v>Área 5</c:v>
                       </c:pt>
                       <c:pt idx="3">
                         <c:v>Área 7</c:v>
                       </c:pt>
                       <c:pt idx="4">
                         <c:v>Área 1</c:v>
@@ -1261,108 +1454,113 @@
                       </c:pt>
                       <c:pt idx="3">
                         <c:v>24398</c:v>
                       </c:pt>
                       <c:pt idx="4">
                         <c:v>33065</c:v>
                       </c:pt>
                       <c:pt idx="5">
                         <c:v>22353</c:v>
                       </c:pt>
                       <c:pt idx="6">
                         <c:v>37908</c:v>
                       </c:pt>
                       <c:pt idx="7">
                         <c:v>13123</c:v>
                       </c:pt>
                       <c:pt idx="8">
                         <c:v>7145</c:v>
                       </c:pt>
                       <c:pt idx="9">
                         <c:v>188704</c:v>
                       </c:pt>
                     </c:numCache>
                   </c:numRef>
                 </c:val>
+                <c:extLst>
+                  <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                    <c16:uniqueId val="{00000002-5043-4FE6-855C-3CCE0193711D}"/>
+                  </c:ext>
+                </c:extLst>
               </c15:ser>
             </c15:filteredBarSeries>
           </c:ext>
         </c:extLst>
       </c:barChart>
       <c:catAx>
-        <c:axId val="183215072"/>
+        <c:axId val="219938888"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:numFmt formatCode="General" sourceLinked="1"/>
         <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
           <a:noFill/>
           <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
             <a:solidFill>
               <a:schemeClr val="tx1">
                 <a:lumMod val="15000"/>
                 <a:lumOff val="85000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:round/>
           </a:ln>
           <a:effectLst/>
         </c:spPr>
         <c:txPr>
           <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="es-ES"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="452075784"/>
+        <c:crossAx val="190615128"/>
         <c:crosses val="autoZero"/>
         <c:auto val="1"/>
         <c:lblAlgn val="ctr"/>
         <c:lblOffset val="100"/>
         <c:noMultiLvlLbl val="0"/>
       </c:catAx>
       <c:valAx>
-        <c:axId val="452075784"/>
+        <c:axId val="190615128"/>
         <c:scaling>
           <c:orientation val="minMax"/>
           <c:max val="1"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="l"/>
         <c:majorGridlines>
           <c:spPr>
             <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
               <a:solidFill>
                 <a:schemeClr val="tx1">
                   <a:lumMod val="15000"/>
                   <a:lumOff val="85000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:round/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
         </c:majorGridlines>
         <c:numFmt formatCode="0%" sourceLinked="0"/>
         <c:majorTickMark val="none"/>
         <c:minorTickMark val="none"/>
         <c:tickLblPos val="nextTo"/>
         <c:spPr>
@@ -1370,51 +1568,51 @@
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:effectLst/>
         </c:spPr>
         <c:txPr>
           <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:pPr>
             <a:endParaRPr lang="es-ES"/>
           </a:p>
         </c:txPr>
-        <c:crossAx val="183215072"/>
+        <c:crossAx val="219938888"/>
         <c:crosses val="autoZero"/>
         <c:crossBetween val="between"/>
       </c:valAx>
       <c:spPr>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:effectLst/>
       </c:spPr>
     </c:plotArea>
     <c:legend>
       <c:legendPos val="b"/>
       <c:layout/>
       <c:overlay val="0"/>
       <c:spPr>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:effectLst/>
       </c:spPr>
       <c:txPr>
         <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
         <a:lstStyle/>
@@ -2003,57 +2201,57 @@
     <cs:lnRef idx="0"/>
     <cs:fillRef idx="0"/>
     <cs:effectRef idx="0"/>
     <cs:fontRef idx="minor">
       <a:schemeClr val="tx1"/>
     </cs:fontRef>
     <cs:spPr>
       <a:noFill/>
       <a:ln>
         <a:noFill/>
       </a:ln>
     </cs:spPr>
   </cs:wall>
 </cs:chartStyle>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
-      <xdr:colOff>1394460</xdr:colOff>
+      <xdr:colOff>133350</xdr:colOff>
       <xdr:row>12</xdr:row>
       <xdr:rowOff>53340</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>2</xdr:col>
-      <xdr:colOff>1432560</xdr:colOff>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>69850</xdr:colOff>
       <xdr:row>32</xdr:row>
       <xdr:rowOff>144780</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="3" name="Gráfico 2"/>
         <xdr:cNvGraphicFramePr/>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/externalLinks/_rels/externalLink1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="/SaludInf/GRIPE/Campa&#241;a%20GRIPE%202025-2026/Coberturas%20provisionales%20semanales%20gripe%20y%20COVID%202025-26/TRABAJO%20numeradores%20COVID.V1.xlsm" TargetMode="External"/></Relationships>
@@ -2084,123 +2282,123 @@
       <sheetData sheetId="2"/>
       <sheetData sheetId="3"/>
       <sheetData sheetId="4"/>
       <sheetData sheetId="5"/>
       <sheetData sheetId="6"/>
       <sheetData sheetId="7"/>
       <sheetData sheetId="8"/>
       <sheetData sheetId="9"/>
       <sheetData sheetId="10"/>
       <sheetData sheetId="11"/>
       <sheetData sheetId="12"/>
       <sheetData sheetId="13">
         <row r="1">
           <cell r="A1" t="str">
             <v>Área de salud</v>
           </cell>
           <cell r="B1" t="str">
             <v>70 o más años</v>
           </cell>
         </row>
         <row r="2">
           <cell r="A2" t="str">
             <v>Área 1</v>
           </cell>
           <cell r="B2">
-            <v>11599</v>
+            <v>11768</v>
           </cell>
         </row>
         <row r="3">
           <cell r="A3" t="str">
             <v>Área 2</v>
           </cell>
           <cell r="B3">
-            <v>11985</v>
+            <v>12267</v>
           </cell>
         </row>
         <row r="4">
           <cell r="A4" t="str">
             <v>Área 3</v>
           </cell>
           <cell r="B4">
-            <v>7701</v>
+            <v>7821</v>
           </cell>
         </row>
         <row r="5">
           <cell r="A5" t="str">
             <v>Área 4</v>
           </cell>
           <cell r="B5">
-            <v>4182</v>
+            <v>4225</v>
           </cell>
         </row>
         <row r="6">
           <cell r="A6" t="str">
             <v>Área 5</v>
           </cell>
           <cell r="B6">
-            <v>2842</v>
+            <v>2907</v>
           </cell>
         </row>
         <row r="7">
           <cell r="A7" t="str">
             <v>Área 6</v>
           </cell>
           <cell r="B7">
-            <v>12229</v>
+            <v>12444</v>
           </cell>
         </row>
         <row r="8">
           <cell r="A8" t="str">
             <v>Área 7</v>
           </cell>
           <cell r="B8">
-            <v>8985</v>
+            <v>9166</v>
           </cell>
         </row>
         <row r="9">
           <cell r="A9" t="str">
             <v>Área 8</v>
           </cell>
           <cell r="B9">
-            <v>4073</v>
+            <v>4181</v>
           </cell>
         </row>
         <row r="10">
           <cell r="A10" t="str">
             <v>Área 9</v>
           </cell>
           <cell r="B10">
-            <v>1860</v>
+            <v>1888</v>
           </cell>
         </row>
         <row r="11">
           <cell r="A11" t="str">
             <v xml:space="preserve">Total </v>
           </cell>
           <cell r="B11">
-            <v>65456</v>
+            <v>66667</v>
           </cell>
         </row>
       </sheetData>
     </sheetDataSet>
   </externalBook>
 </externalLink>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
@@ -2432,2661 +2630,2489 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I85"/>
+  <dimension ref="A1:E47"/>
   <sheetViews>
-    <sheetView topLeftCell="A20" workbookViewId="0">
-      <selection activeCell="B47" sqref="B47"/>
+    <sheetView topLeftCell="A46" workbookViewId="0">
+      <selection activeCell="A2" sqref="A2:XFD46"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="27.109375" bestFit="1" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="4" max="4" width="9.88671875" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="27.140625" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="18.7109375" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="9.5703125" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="9.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" s="1"/>
       <c r="B1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D1" s="3" t="s">
         <v>2</v>
       </c>
     </row>
-    <row r="2" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" s="4" t="s">
         <v>14</v>
       </c>
       <c r="B2" s="5">
-        <v>565</v>
+        <v>567</v>
       </c>
       <c r="C2" s="5">
         <v>1200</v>
       </c>
       <c r="D2" s="7">
-        <f t="shared" ref="D2:D47" si="0">B2/C2</f>
-[...5 lines deleted...]
-    <row r="3" spans="1:9" x14ac:dyDescent="0.3">
+        <f>B2/C2</f>
+        <v>0.47249999999999998</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3" s="4" t="s">
         <v>8</v>
       </c>
       <c r="B3" s="5">
-        <v>691</v>
+        <v>695</v>
       </c>
       <c r="C3" s="5">
         <v>1479</v>
       </c>
       <c r="D3" s="7">
-        <f t="shared" si="0"/>
-[...5 lines deleted...]
-    <row r="4" spans="1:9" x14ac:dyDescent="0.3">
+        <f>B3/C3</f>
+        <v>0.46991210277214335</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A4" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="B4" s="5">
+        <v>721</v>
+      </c>
+      <c r="C4" s="5">
+        <v>1565</v>
+      </c>
+      <c r="D4" s="7">
+        <f>B4/C4</f>
+        <v>0.460702875399361</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A5" s="4" t="s">
         <v>7</v>
       </c>
-      <c r="B4" s="5">
-[...2 lines deleted...]
-      <c r="C4" s="5">
+      <c r="B5" s="5">
+        <v>390</v>
+      </c>
+      <c r="C5" s="5">
         <v>848</v>
       </c>
-      <c r="D4" s="7">
-[...15 lines deleted...]
-      </c>
       <c r="D5" s="7">
-        <f t="shared" si="0"/>
-[...5 lines deleted...]
-    <row r="6" spans="1:9" x14ac:dyDescent="0.3">
+        <f>B5/C5</f>
+        <v>0.45990566037735847</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A6" s="4" t="s">
         <v>12</v>
       </c>
       <c r="B6" s="5">
         <v>104</v>
       </c>
       <c r="C6" s="5">
         <v>233</v>
       </c>
       <c r="D6" s="7">
-        <f t="shared" si="0"/>
+        <f>B6/C6</f>
         <v>0.44635193133047213</v>
       </c>
-      <c r="F6" s="11"/>
-[...5 lines deleted...]
-    <row r="7" spans="1:9" x14ac:dyDescent="0.3">
+    </row>
+    <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A7" s="4" t="s">
         <v>4</v>
       </c>
       <c r="B7" s="5">
-        <v>743</v>
+        <v>750</v>
       </c>
       <c r="C7" s="5">
         <v>1752</v>
       </c>
       <c r="D7" s="7">
-        <f t="shared" si="0"/>
-[...5 lines deleted...]
-    <row r="8" spans="1:9" x14ac:dyDescent="0.3">
+        <f>B7/C7</f>
+        <v>0.42808219178082191</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A8" s="4" t="s">
         <v>19</v>
       </c>
       <c r="B8" s="5">
-        <v>702</v>
+        <v>709</v>
       </c>
       <c r="C8" s="5">
         <v>1742</v>
       </c>
       <c r="D8" s="7">
-        <f t="shared" si="0"/>
-[...5 lines deleted...]
-    <row r="9" spans="1:9" x14ac:dyDescent="0.3">
+        <f>B8/C8</f>
+        <v>0.40700344431687713</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A9" s="4" t="s">
         <v>21</v>
       </c>
       <c r="B9" s="5">
-        <v>1810</v>
+        <v>1853</v>
       </c>
       <c r="C9" s="5">
         <v>4738</v>
       </c>
       <c r="D9" s="7">
-        <f t="shared" si="0"/>
-[...5 lines deleted...]
-    <row r="10" spans="1:9" x14ac:dyDescent="0.3">
+        <f>B9/C9</f>
+        <v>0.39109328830730267</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A10" s="4" t="s">
+        <v>30</v>
+      </c>
+      <c r="B10" s="5">
+        <v>513</v>
+      </c>
+      <c r="C10" s="5">
+        <v>1337</v>
+      </c>
+      <c r="D10" s="7">
+        <f>B10/C10</f>
+        <v>0.38369483919222142</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A11" s="4" t="s">
         <v>33</v>
       </c>
-      <c r="B10" s="5">
-[...2 lines deleted...]
-      <c r="C10" s="5">
+      <c r="B11" s="5">
+        <v>1915</v>
+      </c>
+      <c r="C11" s="5">
         <v>5057</v>
       </c>
-      <c r="D10" s="7">
-[...7 lines deleted...]
-      <c r="A11" s="4" t="s">
+      <c r="D11" s="7">
+        <f>B11/C11</f>
+        <v>0.37868301364445323</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A12" s="4" t="s">
         <v>28</v>
       </c>
-      <c r="B11" s="5">
-[...2 lines deleted...]
-      <c r="C11" s="5">
+      <c r="B12" s="5">
+        <v>22736</v>
+      </c>
+      <c r="C12" s="5">
         <v>60089</v>
       </c>
-      <c r="D11" s="7">
-[...7 lines deleted...]
-      <c r="A12" s="4" t="s">
+      <c r="D12" s="7">
+        <f>B12/C12</f>
+        <v>0.37837208141257134</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A13" s="4" t="s">
         <v>15</v>
       </c>
-      <c r="B12" s="5">
-[...2 lines deleted...]
-      <c r="C12" s="5">
+      <c r="B13" s="5">
+        <v>456</v>
+      </c>
+      <c r="C13" s="5">
         <v>1214</v>
       </c>
-      <c r="D12" s="7">
-[...7 lines deleted...]
-      <c r="A13" s="4" t="s">
+      <c r="D13" s="7">
+        <f>B13/C13</f>
+        <v>0.37561779242174631</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A14" s="4" t="s">
         <v>23</v>
       </c>
-      <c r="B13" s="5">
-[...2 lines deleted...]
-      <c r="C13" s="5">
+      <c r="B14" s="5">
+        <v>1050</v>
+      </c>
+      <c r="C14" s="5">
         <v>2848</v>
       </c>
-      <c r="D13" s="7">
-[...7 lines deleted...]
-      <c r="A14" s="4" t="s">
+      <c r="D14" s="7">
+        <f>B14/C14</f>
+        <v>0.3686797752808989</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A15" s="4" t="s">
         <v>49</v>
       </c>
-      <c r="B14" s="5">
-[...2 lines deleted...]
-      <c r="C14" s="5">
+      <c r="B15" s="5">
+        <v>2952</v>
+      </c>
+      <c r="C15" s="5">
         <v>8009</v>
       </c>
-      <c r="D14" s="7">
-[...7 lines deleted...]
-      <c r="A15" s="4" t="s">
+      <c r="D15" s="7">
+        <f>B15/C15</f>
+        <v>0.36858534149082284</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A16" s="4" t="s">
         <v>36</v>
       </c>
-      <c r="B15" s="5">
-[...2 lines deleted...]
-      <c r="C15" s="5">
+      <c r="B16" s="5">
+        <v>1384</v>
+      </c>
+      <c r="C16" s="5">
         <v>3791</v>
       </c>
-      <c r="D15" s="7">
-[...15 lines deleted...]
-      </c>
       <c r="D16" s="7">
-        <f t="shared" si="0"/>
-[...5 lines deleted...]
-    <row r="17" spans="1:7" x14ac:dyDescent="0.3">
+        <f>B16/C16</f>
+        <v>0.3650751780532841</v>
+      </c>
+    </row>
+    <row r="17" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A17" s="4" t="s">
         <v>39</v>
       </c>
       <c r="B17" s="5">
-        <v>4062</v>
+        <v>4123</v>
       </c>
       <c r="C17" s="5">
         <v>11687</v>
       </c>
       <c r="D17" s="7">
-        <f t="shared" si="0"/>
-[...5 lines deleted...]
-    <row r="18" spans="1:7" x14ac:dyDescent="0.3">
+        <f>B17/C17</f>
+        <v>0.35278514588859416</v>
+      </c>
+    </row>
+    <row r="18" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A18" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="B18" s="5">
+        <v>755</v>
+      </c>
+      <c r="C18" s="5">
+        <v>2144</v>
+      </c>
+      <c r="D18" s="7">
+        <f>B18/C18</f>
+        <v>0.35214552238805968</v>
+      </c>
+    </row>
+    <row r="19" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A19" s="4" t="s">
         <v>26</v>
       </c>
-      <c r="B18" s="5">
-[...2 lines deleted...]
-      <c r="C18" s="5">
+      <c r="B19" s="5">
+        <v>472</v>
+      </c>
+      <c r="C19" s="5">
         <v>1357</v>
       </c>
-      <c r="D18" s="7">
-[...7 lines deleted...]
-      <c r="A19" s="4" t="s">
+      <c r="D19" s="7">
+        <f>B19/C19</f>
+        <v>0.34782608695652173</v>
+      </c>
+    </row>
+    <row r="20" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A20" s="4" t="s">
+        <v>45</v>
+      </c>
+      <c r="B20" s="5">
+        <v>1072</v>
+      </c>
+      <c r="C20" s="5">
+        <v>3097</v>
+      </c>
+      <c r="D20" s="7">
+        <f>B20/C20</f>
+        <v>0.34614142718760088</v>
+      </c>
+    </row>
+    <row r="21" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A21" s="4" t="s">
+        <v>57</v>
+      </c>
+      <c r="B21" s="5">
+        <v>1477</v>
+      </c>
+      <c r="C21" s="5">
+        <v>4286</v>
+      </c>
+      <c r="D21" s="7">
+        <f>B21/C21</f>
+        <v>0.34461035930937939</v>
+      </c>
+    </row>
+    <row r="22" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A22" s="4" t="s">
         <v>11</v>
       </c>
-      <c r="B19" s="5">
+      <c r="B22" s="5">
         <v>121</v>
       </c>
-      <c r="C19" s="5">
+      <c r="C22" s="5">
         <v>352</v>
       </c>
-      <c r="D19" s="7">
-        <f t="shared" si="0"/>
+      <c r="D22" s="7">
+        <f>B22/C22</f>
         <v>0.34375</v>
       </c>
     </row>
-    <row r="20" spans="1:7" x14ac:dyDescent="0.3">
-[...50 lines deleted...]
-    <row r="23" spans="1:7" x14ac:dyDescent="0.3">
+    <row r="23" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A23" s="4" t="s">
         <v>47</v>
       </c>
       <c r="B23" s="5">
-        <v>826</v>
+        <v>836</v>
       </c>
       <c r="C23" s="5">
         <v>2463</v>
       </c>
       <c r="D23" s="7">
-        <f t="shared" si="0"/>
-[...5 lines deleted...]
-    <row r="24" spans="1:7" x14ac:dyDescent="0.3">
+        <f>B23/C23</f>
+        <v>0.33942346731628098</v>
+      </c>
+    </row>
+    <row r="24" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A24" s="4" t="s">
+        <v>25</v>
+      </c>
+      <c r="B24" s="5">
+        <v>877</v>
+      </c>
+      <c r="C24" s="5">
+        <v>2590</v>
+      </c>
+      <c r="D24" s="7">
+        <f>B24/C24</f>
+        <v>0.33861003861003863</v>
+      </c>
+    </row>
+    <row r="25" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A25" s="4" t="s">
+        <v>54</v>
+      </c>
+      <c r="B25" s="5">
+        <v>1223</v>
+      </c>
+      <c r="C25" s="5">
+        <v>3657</v>
+      </c>
+      <c r="D25" s="7">
+        <f>B25/C25</f>
+        <v>0.33442712605961172</v>
+      </c>
+    </row>
+    <row r="26" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A26" s="4" t="s">
         <v>10</v>
       </c>
-      <c r="B24" s="5">
+      <c r="B26" s="5">
         <v>137</v>
       </c>
-      <c r="C24" s="5">
+      <c r="C26" s="5">
         <v>412</v>
       </c>
-      <c r="D24" s="7">
-        <f t="shared" si="0"/>
+      <c r="D26" s="7">
+        <f>B26/C26</f>
         <v>0.33252427184466021</v>
       </c>
-      <c r="F24" s="11"/>
-[...20 lines deleted...]
-      <c r="A26" s="4" t="s">
+    </row>
+    <row r="27" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A27" s="4" t="s">
+        <v>44</v>
+      </c>
+      <c r="B27" s="5">
+        <v>1711</v>
+      </c>
+      <c r="C27" s="5">
+        <v>5218</v>
+      </c>
+      <c r="D27" s="7">
+        <f>B27/C27</f>
+        <v>0.32790341126868533</v>
+      </c>
+    </row>
+    <row r="28" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A28" s="4" t="s">
+        <v>51</v>
+      </c>
+      <c r="B28" s="5">
+        <v>1253</v>
+      </c>
+      <c r="C28" s="5">
+        <v>3828</v>
+      </c>
+      <c r="D28" s="7">
+        <f>B28/C28</f>
+        <v>0.32732497387669801</v>
+      </c>
+    </row>
+    <row r="29" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A29" s="4" t="s">
+        <v>35</v>
+      </c>
+      <c r="B29" s="5">
+        <v>1124</v>
+      </c>
+      <c r="C29" s="5">
+        <v>3439</v>
+      </c>
+      <c r="D29" s="7">
+        <f>B29/C29</f>
+        <v>0.32683919744111661</v>
+      </c>
+    </row>
+    <row r="30" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A30" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="B30" s="5">
+        <v>239</v>
+      </c>
+      <c r="C30" s="5">
+        <v>743</v>
+      </c>
+      <c r="D30" s="7">
+        <f>B30/C30</f>
+        <v>0.32166890982503366</v>
+      </c>
+    </row>
+    <row r="31" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A31" s="4" t="s">
+        <v>38</v>
+      </c>
+      <c r="B31" s="5">
         <v>54</v>
       </c>
-      <c r="B26" s="5">
-[...36 lines deleted...]
-      <c r="C28" s="5">
+      <c r="C31" s="5">
         <v>168</v>
       </c>
-      <c r="D28" s="7">
-        <f t="shared" si="0"/>
+      <c r="D31" s="7">
+        <f>B31/C31</f>
         <v>0.32142857142857145</v>
       </c>
-      <c r="F28" s="11"/>
-[...37 lines deleted...]
-      <c r="A31" s="4" t="s">
+    </row>
+    <row r="32" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A32" s="4" t="s">
         <v>61</v>
       </c>
-      <c r="B31" s="5">
-[...2 lines deleted...]
-      <c r="C31" s="5">
+      <c r="B32" s="5">
+        <v>1808</v>
+      </c>
+      <c r="C32" s="5">
         <v>5630</v>
       </c>
-      <c r="D31" s="7">
-[...15 lines deleted...]
-      </c>
       <c r="D32" s="7">
-        <f t="shared" si="0"/>
-[...5 lines deleted...]
-    <row r="33" spans="1:7" x14ac:dyDescent="0.3">
+        <f>B32/C32</f>
+        <v>0.32113676731793961</v>
+      </c>
+    </row>
+    <row r="33" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A33" s="4" t="s">
         <v>55</v>
       </c>
       <c r="B33" s="5">
-        <v>9496</v>
+        <v>9750</v>
       </c>
       <c r="C33" s="5">
         <v>30482</v>
       </c>
       <c r="D33" s="7">
-        <f t="shared" si="0"/>
-[...5 lines deleted...]
-    <row r="34" spans="1:7" x14ac:dyDescent="0.3">
+        <f>B33/C33</f>
+        <v>0.31986090151564855</v>
+      </c>
+    </row>
+    <row r="34" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A34" s="4" t="s">
+        <v>63</v>
+      </c>
+      <c r="B34" s="5">
+        <v>750</v>
+      </c>
+      <c r="C34" s="5">
+        <v>2435</v>
+      </c>
+      <c r="D34" s="7">
+        <f>B34/C34</f>
+        <v>0.30800821355236141</v>
+      </c>
+    </row>
+    <row r="35" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A35" s="4" t="s">
         <v>42</v>
       </c>
-      <c r="B34" s="5">
-[...2 lines deleted...]
-      <c r="C34" s="5">
+      <c r="B35" s="5">
+        <v>1467</v>
+      </c>
+      <c r="C35" s="5">
         <v>4793</v>
       </c>
-      <c r="D34" s="7">
-[...7 lines deleted...]
-      <c r="A35" s="4" t="s">
+      <c r="D35" s="7">
+        <f>B35/C35</f>
+        <v>0.30607135405800123</v>
+      </c>
+    </row>
+    <row r="36" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A36" s="4" t="s">
         <v>32</v>
       </c>
-      <c r="B35" s="5">
-[...2 lines deleted...]
-      <c r="C35" s="5">
+      <c r="B36" s="5">
+        <v>669</v>
+      </c>
+      <c r="C36" s="5">
         <v>2210</v>
       </c>
-      <c r="D35" s="7">
-[...15 lines deleted...]
-      </c>
       <c r="D36" s="7">
-        <f t="shared" si="0"/>
-[...5 lines deleted...]
-    <row r="37" spans="1:7" x14ac:dyDescent="0.3">
+        <f>B36/C36</f>
+        <v>0.30271493212669681</v>
+      </c>
+      <c r="E36" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="37" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A37" s="4" t="s">
+        <v>40</v>
+      </c>
+      <c r="B37" s="5">
+        <v>328</v>
+      </c>
+      <c r="C37" s="5">
+        <v>1098</v>
+      </c>
+      <c r="D37" s="7">
+        <f>B37/C37</f>
+        <v>0.2987249544626594</v>
+      </c>
+    </row>
+    <row r="38" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A38" s="4" t="s">
         <v>52</v>
       </c>
-      <c r="B37" s="5">
-[...2 lines deleted...]
-      <c r="C37" s="5">
+      <c r="B38" s="5">
+        <v>709</v>
+      </c>
+      <c r="C38" s="5">
         <v>2406</v>
       </c>
-      <c r="D37" s="7">
-[...15 lines deleted...]
-      </c>
       <c r="D38" s="7">
-        <f t="shared" si="0"/>
-[...5 lines deleted...]
-    <row r="39" spans="1:7" x14ac:dyDescent="0.3">
+        <f>B38/C38</f>
+        <v>0.29467996674979219</v>
+      </c>
+    </row>
+    <row r="39" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A39" s="4" t="s">
         <v>50</v>
       </c>
       <c r="B39" s="5">
-        <v>608</v>
+        <v>624</v>
       </c>
       <c r="C39" s="5">
         <v>2248</v>
       </c>
       <c r="D39" s="7">
-        <f t="shared" si="0"/>
-[...5 lines deleted...]
-    <row r="40" spans="1:7" x14ac:dyDescent="0.3">
+        <f>B39/C39</f>
+        <v>0.27758007117437722</v>
+      </c>
+    </row>
+    <row r="40" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A40" s="4" t="s">
         <v>62</v>
       </c>
       <c r="B40" s="5">
-        <v>521</v>
+        <v>533</v>
       </c>
       <c r="C40" s="5">
         <v>1974</v>
       </c>
       <c r="D40" s="7">
-        <f t="shared" si="0"/>
-[...5 lines deleted...]
-    <row r="41" spans="1:7" x14ac:dyDescent="0.3">
+        <f>B40/C40</f>
+        <v>0.27001013171225935</v>
+      </c>
+    </row>
+    <row r="41" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A41" s="4" t="s">
         <v>59</v>
       </c>
       <c r="B41" s="5">
-        <v>185</v>
+        <v>188</v>
       </c>
       <c r="C41" s="5">
         <v>965</v>
       </c>
       <c r="D41" s="7">
-        <f t="shared" si="0"/>
-[...5 lines deleted...]
-    <row r="42" spans="1:7" x14ac:dyDescent="0.3">
+        <f>B41/C41</f>
+        <v>0.19481865284974093</v>
+      </c>
+    </row>
+    <row r="42" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A42" s="4" t="s">
         <v>65</v>
       </c>
       <c r="B42" s="5">
         <v>111</v>
       </c>
       <c r="C42" s="5">
         <v>639</v>
       </c>
       <c r="D42" s="7">
-        <f t="shared" si="0"/>
+        <f>B42/C42</f>
         <v>0.17370892018779344</v>
       </c>
-      <c r="F42" s="11"/>
-[...2 lines deleted...]
-    <row r="43" spans="1:7" x14ac:dyDescent="0.3">
+    </row>
+    <row r="43" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A43" s="4" t="s">
         <v>64</v>
       </c>
       <c r="B43" s="5">
         <v>298</v>
       </c>
       <c r="C43" s="5">
         <v>1812</v>
       </c>
       <c r="D43" s="7">
-        <f t="shared" si="0"/>
+        <f>B43/C43</f>
         <v>0.16445916114790288</v>
       </c>
-      <c r="F43" s="11"/>
-[...2 lines deleted...]
-    <row r="44" spans="1:7" x14ac:dyDescent="0.3">
+    </row>
+    <row r="44" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A44" s="4" t="s">
         <v>66</v>
       </c>
       <c r="B44" s="5">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C44" s="5">
         <v>218</v>
       </c>
       <c r="D44" s="7">
-        <f t="shared" si="0"/>
-[...5 lines deleted...]
-    <row r="45" spans="1:7" x14ac:dyDescent="0.3">
+        <f>B44/C44</f>
+        <v>0.13302752293577982</v>
+      </c>
+    </row>
+    <row r="45" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A45" s="4" t="s">
         <v>67</v>
       </c>
       <c r="B45" s="5">
         <v>32</v>
       </c>
       <c r="C45" s="5">
         <v>265</v>
       </c>
       <c r="D45" s="7">
-        <f t="shared" si="0"/>
+        <f>B45/C45</f>
         <v>0.12075471698113208</v>
       </c>
-      <c r="E45" t="s">
-[...6 lines deleted...]
-      <c r="A46" s="21" t="s">
+    </row>
+    <row r="46" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A46" s="4" t="s">
         <v>68</v>
       </c>
-      <c r="B46" s="17">
+      <c r="B46" s="5">
         <v>7</v>
       </c>
-      <c r="C46" s="17">
+      <c r="C46" s="5">
         <v>108</v>
       </c>
-      <c r="D46" s="19">
-        <f t="shared" si="0"/>
+      <c r="D46" s="7">
+        <f>B46/C46</f>
         <v>6.4814814814814811E-2</v>
       </c>
-      <c r="F46" s="11"/>
-[...3 lines deleted...]
-      <c r="A47" s="20" t="s">
+    </row>
+    <row r="47" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A47" s="19" t="s">
         <v>69</v>
       </c>
-      <c r="B47" s="22">
-[...3 lines deleted...]
-      <c r="C47" s="23">
+      <c r="B47" s="20">
+        <f>SUM(B2:B46)</f>
+        <v>69572</v>
+      </c>
+      <c r="C47" s="21">
         <v>198626</v>
       </c>
       <c r="D47" s="18">
-        <f t="shared" si="0"/>
-[...79 lines deleted...]
-      <c r="G85" s="14"/>
+        <f t="shared" ref="D47" si="0">B47/C47</f>
+        <v>0.35026632968493548</v>
+      </c>
     </row>
   </sheetData>
-  <sortState ref="A2:E85">
-    <sortCondition descending="1" ref="D1"/>
+  <sortState ref="A2:I46">
+    <sortCondition descending="1" ref="D2:D46"/>
   </sortState>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:G87"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <pane xSplit="1" ySplit="1" topLeftCell="B60" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="1" ySplit="1" topLeftCell="B32" activePane="bottomRight" state="frozen"/>
       <selection activeCell="B1" sqref="B1"/>
       <selection pane="topRight" activeCell="C1" sqref="C1"/>
       <selection pane="bottomLeft" activeCell="B2" sqref="B2"/>
-      <selection pane="bottomRight" activeCell="B87" sqref="B87"/>
+      <selection pane="bottomRight" activeCell="A2" sqref="A2:XFD86"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="11.44140625" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="29.109375" bestFit="1" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="4" max="4" width="9.88671875" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="29.140625" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="12.42578125" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="9.5703125" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="9.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:7" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A1" s="1"/>
       <c r="B1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D1" s="3" t="s">
         <v>2</v>
       </c>
     </row>
-    <row r="2" spans="1:7" x14ac:dyDescent="0.3">
+    <row r="2" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A2" s="4" t="s">
-        <v>3</v>
+        <v>46</v>
       </c>
       <c r="B2" s="5">
-        <v>452</v>
+        <v>685</v>
       </c>
       <c r="C2" s="5">
-        <v>1243</v>
+        <v>1350</v>
       </c>
       <c r="D2" s="7">
         <f>B2/C2</f>
-        <v>0.36363636363636365</v>
+        <v>0.50740740740740742</v>
       </c>
       <c r="F2" s="11"/>
-      <c r="G2" s="14"/>
-[...1 lines deleted...]
-    <row r="3" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="G2" s="15"/>
+    </row>
+    <row r="3" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A3" s="1" t="s">
-        <v>5</v>
+        <v>41</v>
       </c>
       <c r="B3" s="5">
-        <v>291</v>
+        <v>387</v>
       </c>
       <c r="C3" s="5">
-        <v>1735</v>
+        <v>792</v>
       </c>
       <c r="D3" s="7">
         <f>B3/C3</f>
-        <v>0.16772334293948127</v>
+        <v>0.48863636363636365</v>
       </c>
       <c r="F3" s="11"/>
-      <c r="G3" s="14"/>
-[...3 lines deleted...]
-        <v>70</v>
+      <c r="G3" s="15"/>
+    </row>
+    <row r="4" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A4" s="4" t="s">
+        <v>31</v>
       </c>
       <c r="B4" s="5">
-        <v>722</v>
+        <v>557</v>
       </c>
       <c r="C4" s="5">
-        <v>2693</v>
+        <v>1191</v>
       </c>
       <c r="D4" s="7">
         <f>B4/C4</f>
-        <v>0.26810248793167474</v>
+        <v>0.46767422334172964</v>
       </c>
       <c r="F4" s="11"/>
-      <c r="G4" s="14"/>
-[...1 lines deleted...]
-    <row r="5" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="G4" s="15"/>
+    </row>
+    <row r="5" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A5" s="4" t="s">
-        <v>71</v>
+        <v>24</v>
       </c>
       <c r="B5" s="5">
-        <v>897</v>
+        <v>736</v>
       </c>
       <c r="C5" s="5">
-        <v>2361</v>
+        <v>1624</v>
       </c>
       <c r="D5" s="7">
         <f>B5/C5</f>
-        <v>0.37992376111817028</v>
+        <v>0.45320197044334976</v>
       </c>
       <c r="F5" s="11"/>
-      <c r="G5" s="14"/>
-[...3 lines deleted...]
-        <v>9</v>
+      <c r="G5" s="15"/>
+    </row>
+    <row r="6" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A6" s="4" t="s">
+        <v>72</v>
       </c>
       <c r="B6" s="5">
-        <v>803</v>
+        <v>439</v>
       </c>
       <c r="C6" s="5">
-        <v>2034</v>
+        <v>979</v>
       </c>
       <c r="D6" s="7">
         <f>B6/C6</f>
-        <v>0.39478859390363813</v>
+        <v>0.44841675178753831</v>
       </c>
       <c r="F6" s="11"/>
-      <c r="G6" s="14"/>
-[...1 lines deleted...]
-    <row r="7" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="G6" s="15"/>
+    </row>
+    <row r="7" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A7" s="1" t="s">
-        <v>73</v>
+        <v>82</v>
       </c>
       <c r="B7" s="5">
-        <v>1223</v>
+        <v>1048</v>
       </c>
       <c r="C7" s="5">
-        <v>3325</v>
+        <v>2350</v>
       </c>
       <c r="D7" s="7">
         <f>B7/C7</f>
-        <v>0.36781954887218044</v>
+        <v>0.44595744680851063</v>
       </c>
       <c r="F7" s="11"/>
-      <c r="G7" s="14"/>
-[...1 lines deleted...]
-    <row r="8" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="G7" s="15"/>
+    </row>
+    <row r="8" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A8" s="4" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="B8" s="5">
-        <v>311</v>
+        <v>743</v>
       </c>
       <c r="C8" s="5">
-        <v>1049</v>
+        <v>1671</v>
       </c>
       <c r="D8" s="7">
         <f>B8/C8</f>
-        <v>0.29647283126787416</v>
+        <v>0.44464392579293838</v>
       </c>
       <c r="F8" s="11"/>
-      <c r="G8" s="14"/>
-[...1 lines deleted...]
-    <row r="9" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="G8" s="15"/>
+    </row>
+    <row r="9" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A9" s="1" t="s">
-        <v>75</v>
+        <v>80</v>
       </c>
       <c r="B9" s="5">
-        <v>1240</v>
+        <v>745</v>
       </c>
       <c r="C9" s="5">
-        <v>3350</v>
+        <v>1708</v>
       </c>
       <c r="D9" s="7">
         <f>B9/C9</f>
-        <v>0.37014925373134328</v>
+        <v>0.43618266978922715</v>
       </c>
       <c r="F9" s="11"/>
-      <c r="G9" s="14"/>
-[...3 lines deleted...]
-        <v>16</v>
+      <c r="G9" s="15"/>
+    </row>
+    <row r="10" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A10" s="4" t="s">
+        <v>91</v>
       </c>
       <c r="B10" s="5">
-        <v>908</v>
+        <v>1622</v>
       </c>
       <c r="C10" s="5">
-        <v>3138</v>
+        <v>3736</v>
       </c>
       <c r="D10" s="7">
         <f>B10/C10</f>
-        <v>0.28935627788400253</v>
+        <v>0.4341541755888651</v>
       </c>
       <c r="F10" s="11"/>
-      <c r="G10" s="14"/>
-[...1 lines deleted...]
-    <row r="11" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="G10" s="15"/>
+    </row>
+    <row r="11" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A11" s="4" t="s">
-        <v>18</v>
+        <v>74</v>
       </c>
       <c r="B11" s="5">
-        <v>439</v>
+        <v>642</v>
       </c>
       <c r="C11" s="5">
-        <v>1177</v>
+        <v>1479</v>
       </c>
       <c r="D11" s="7">
         <f>B11/C11</f>
-        <v>0.37298215802888701</v>
+        <v>0.43407707910750509</v>
       </c>
       <c r="F11" s="11"/>
-      <c r="G11" s="14"/>
-[...3 lines deleted...]
-        <v>20</v>
+      <c r="G11" s="15"/>
+    </row>
+    <row r="12" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A12" s="4" t="s">
+        <v>77</v>
       </c>
       <c r="B12" s="5">
-        <v>180</v>
+        <v>1219</v>
       </c>
       <c r="C12" s="5">
-        <v>849</v>
+        <v>2916</v>
       </c>
       <c r="D12" s="7">
         <f>B12/C12</f>
-        <v>0.21201413427561838</v>
+        <v>0.4180384087791495</v>
       </c>
       <c r="F12" s="11"/>
-      <c r="G12" s="14"/>
-[...1 lines deleted...]
-    <row r="13" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="G12" s="15"/>
+    </row>
+    <row r="13" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A13" s="4" t="s">
-        <v>22</v>
+        <v>76</v>
       </c>
       <c r="B13" s="5">
-        <v>736</v>
+        <v>637</v>
       </c>
       <c r="C13" s="5">
-        <v>1671</v>
+        <v>1532</v>
       </c>
       <c r="D13" s="7">
         <f>B13/C13</f>
-        <v>0.44045481747456611</v>
+        <v>0.41579634464751958</v>
       </c>
       <c r="F13" s="11"/>
-      <c r="G13" s="14"/>
-[...1 lines deleted...]
-    <row r="14" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="G13" s="15"/>
+    </row>
+    <row r="14" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A14" s="4" t="s">
-        <v>24</v>
+        <v>86</v>
       </c>
       <c r="B14" s="5">
-        <v>731</v>
+        <v>1864</v>
       </c>
       <c r="C14" s="5">
-        <v>1624</v>
+        <v>4501</v>
       </c>
       <c r="D14" s="7">
         <f>B14/C14</f>
-        <v>0.4501231527093596</v>
+        <v>0.41413019329037992</v>
       </c>
       <c r="F14" s="11"/>
-      <c r="G14" s="14"/>
-[...3 lines deleted...]
-        <v>81</v>
+      <c r="G14" s="15"/>
+    </row>
+    <row r="15" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A15" s="1" t="s">
+        <v>117</v>
       </c>
       <c r="B15" s="5">
-        <v>971</v>
+        <v>1310</v>
       </c>
       <c r="C15" s="5">
-        <v>2920</v>
+        <v>3204</v>
       </c>
       <c r="D15" s="7">
         <f>B15/C15</f>
-        <v>0.33253424657534247</v>
+        <v>0.40886392009987516</v>
       </c>
       <c r="F15" s="11"/>
-      <c r="G15" s="14"/>
-[...3 lines deleted...]
-        <v>83</v>
+      <c r="G15" s="15"/>
+    </row>
+    <row r="16" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A16" s="4" t="s">
+        <v>3</v>
       </c>
       <c r="B16" s="5">
-        <v>262</v>
+        <v>508</v>
       </c>
       <c r="C16" s="5">
-        <v>819</v>
+        <v>1243</v>
       </c>
       <c r="D16" s="7">
         <f>B16/C16</f>
-        <v>0.31990231990231988</v>
+        <v>0.40868865647626712</v>
       </c>
       <c r="F16" s="11"/>
-      <c r="G16" s="14"/>
-[...3 lines deleted...]
-        <v>85</v>
+      <c r="G16" s="15"/>
+    </row>
+    <row r="17" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A17" s="1" t="s">
+        <v>9</v>
       </c>
       <c r="B17" s="5">
-        <v>1017</v>
+        <v>815</v>
       </c>
       <c r="C17" s="5">
-        <v>3054</v>
+        <v>2034</v>
       </c>
       <c r="D17" s="7">
         <f>B17/C17</f>
-        <v>0.3330058939096267</v>
+        <v>0.40068829891838742</v>
       </c>
       <c r="F17" s="11"/>
-      <c r="G17" s="14"/>
-[...3 lines deleted...]
-        <v>87</v>
+      <c r="G17" s="15"/>
+    </row>
+    <row r="18" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A18" s="1" t="s">
+        <v>60</v>
       </c>
       <c r="B18" s="5">
-        <v>1108</v>
+        <v>700</v>
       </c>
       <c r="C18" s="5">
-        <v>3311</v>
+        <v>1750</v>
       </c>
       <c r="D18" s="7">
         <f>B18/C18</f>
-        <v>0.33464210208396256</v>
+        <v>0.4</v>
       </c>
       <c r="F18" s="11"/>
-      <c r="G18" s="14"/>
-[...1 lines deleted...]
-    <row r="19" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="G18" s="15"/>
+    </row>
+    <row r="19" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A19" s="4" t="s">
-        <v>89</v>
+        <v>101</v>
       </c>
       <c r="B19" s="5">
-        <v>1042</v>
+        <v>1305</v>
       </c>
       <c r="C19" s="5">
-        <v>2950</v>
+        <v>3310</v>
       </c>
       <c r="D19" s="7">
         <f>B19/C19</f>
-        <v>0.35322033898305083</v>
+        <v>0.39425981873111782</v>
       </c>
       <c r="F19" s="11"/>
-      <c r="G19" s="14"/>
-[...3 lines deleted...]
-        <v>90</v>
+      <c r="G19" s="15"/>
+    </row>
+    <row r="20" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A20" s="4" t="s">
+        <v>79</v>
       </c>
       <c r="B20" s="5">
-        <v>449</v>
+        <v>273</v>
       </c>
       <c r="C20" s="5">
-        <v>1231</v>
+        <v>698</v>
       </c>
       <c r="D20" s="7">
         <f>B20/C20</f>
-        <v>0.36474411047928512</v>
+        <v>0.39111747851002865</v>
       </c>
       <c r="F20" s="11"/>
-      <c r="G20" s="14"/>
-[...3 lines deleted...]
-        <v>92</v>
+      <c r="G20" s="15"/>
+    </row>
+    <row r="21" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A21" s="4" t="s">
+        <v>125</v>
       </c>
       <c r="B21" s="5">
-        <v>1044</v>
+        <v>847</v>
       </c>
       <c r="C21" s="5">
-        <v>3736</v>
+        <v>2173</v>
       </c>
       <c r="D21" s="7">
         <f>B21/C21</f>
-        <v>0.27944325481798715</v>
+        <v>0.38978370915784627</v>
       </c>
       <c r="F21" s="11"/>
-      <c r="G21" s="14"/>
-[...3 lines deleted...]
-        <v>93</v>
+      <c r="G21" s="15"/>
+    </row>
+    <row r="22" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A22" s="4" t="s">
+        <v>88</v>
       </c>
       <c r="B22" s="5">
-        <v>471</v>
+        <v>935</v>
       </c>
       <c r="C22" s="5">
-        <v>2310</v>
+        <v>2402</v>
       </c>
       <c r="D22" s="7">
         <f>B22/C22</f>
-        <v>0.20389610389610391</v>
+        <v>0.38925895087427143</v>
       </c>
       <c r="F22" s="11"/>
-      <c r="G22" s="14"/>
-[...1 lines deleted...]
-    <row r="23" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="G22" s="15"/>
+    </row>
+    <row r="23" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A23" s="4" t="s">
-        <v>128</v>
+        <v>112</v>
       </c>
       <c r="B23" s="5">
-        <v>589</v>
+        <v>664</v>
       </c>
       <c r="C23" s="5">
-        <v>1909</v>
+        <v>1714</v>
       </c>
       <c r="D23" s="7">
         <f>B23/C23</f>
-        <v>0.30853850183342063</v>
+        <v>0.38739789964994165</v>
       </c>
       <c r="F23" s="11"/>
-      <c r="G23" s="14"/>
-[...1 lines deleted...]
-    <row r="24" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="G23" s="15"/>
+    </row>
+    <row r="24" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A24" s="4" t="s">
-        <v>94</v>
+        <v>84</v>
       </c>
       <c r="B24" s="5">
-        <v>1425</v>
+        <v>910</v>
       </c>
       <c r="C24" s="5">
-        <v>3922</v>
+        <v>2352</v>
       </c>
       <c r="D24" s="7">
         <f>B24/C24</f>
-        <v>0.3633350331463539</v>
+        <v>0.38690476190476192</v>
       </c>
       <c r="F24" s="11"/>
-      <c r="G24" s="14"/>
-[...3 lines deleted...]
-        <v>96</v>
+      <c r="G24" s="15"/>
+    </row>
+    <row r="25" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A25" s="12" t="s">
+        <v>98</v>
       </c>
       <c r="B25" s="5">
-        <v>423</v>
+        <v>827</v>
       </c>
       <c r="C25" s="5">
-        <v>1384</v>
+        <v>2139</v>
       </c>
       <c r="D25" s="7">
         <f>B25/C25</f>
-        <v>0.305635838150289</v>
+        <v>0.38662926601215519</v>
       </c>
       <c r="F25" s="11"/>
-      <c r="G25" s="14"/>
-[...3 lines deleted...]
-        <v>98</v>
+      <c r="G25" s="15"/>
+    </row>
+    <row r="26" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A26" s="4" t="s">
+        <v>71</v>
       </c>
       <c r="B26" s="5">
-        <v>820</v>
+        <v>911</v>
       </c>
       <c r="C26" s="5">
-        <v>2139</v>
+        <v>2361</v>
       </c>
       <c r="D26" s="7">
         <f>B26/C26</f>
-        <v>0.38335670874240302</v>
+        <v>0.38585345192714954</v>
       </c>
       <c r="F26" s="11"/>
-      <c r="G26" s="14"/>
-[...3 lines deleted...]
-        <v>100</v>
+      <c r="G26" s="15"/>
+    </row>
+    <row r="27" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A27" s="1" t="s">
+        <v>115</v>
       </c>
       <c r="B27" s="5">
-        <v>257</v>
+        <v>880</v>
       </c>
       <c r="C27" s="5">
-        <v>1004</v>
+        <v>2300</v>
       </c>
       <c r="D27" s="7">
         <f>B27/C27</f>
-        <v>0.25597609561752988</v>
+        <v>0.38260869565217392</v>
       </c>
       <c r="F27" s="11"/>
-      <c r="G27" s="14"/>
-[...1 lines deleted...]
-    <row r="28" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="G27" s="15"/>
+    </row>
+    <row r="28" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A28" s="4" t="s">
-        <v>29</v>
+        <v>97</v>
       </c>
       <c r="B28" s="5">
-        <v>801</v>
+        <v>638</v>
       </c>
       <c r="C28" s="5">
-        <v>2284</v>
+        <v>1668</v>
       </c>
       <c r="D28" s="7">
         <f>B28/C28</f>
-        <v>0.35070052539404556</v>
+        <v>0.38249400479616308</v>
       </c>
       <c r="F28" s="11"/>
-      <c r="G28" s="14"/>
-[...1 lines deleted...]
-    <row r="29" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="G28" s="15"/>
+    </row>
+    <row r="29" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A29" s="4" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="B29" s="5">
-        <v>555</v>
+        <v>448</v>
       </c>
       <c r="C29" s="5">
-        <v>1191</v>
+        <v>1177</v>
       </c>
       <c r="D29" s="7">
         <f>B29/C29</f>
-        <v>0.46599496221662468</v>
+        <v>0.38062871707731522</v>
       </c>
       <c r="F29" s="11"/>
-      <c r="G29" s="14"/>
-[...3 lines deleted...]
-        <v>103</v>
+      <c r="G29" s="15"/>
+    </row>
+    <row r="30" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A30" s="4" t="s">
+        <v>119</v>
       </c>
       <c r="B30" s="5">
-        <v>559</v>
+        <v>809</v>
       </c>
       <c r="C30" s="5">
-        <v>2181</v>
+        <v>2146</v>
       </c>
       <c r="D30" s="7">
         <f>B30/C30</f>
-        <v>0.25630444750114628</v>
+        <v>0.37698042870456666</v>
       </c>
       <c r="F30" s="11"/>
-      <c r="G30" s="14"/>
-[...3 lines deleted...]
-        <v>95</v>
+      <c r="G30" s="15"/>
+    </row>
+    <row r="31" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A31" s="1" t="s">
+        <v>102</v>
       </c>
       <c r="B31" s="5">
-        <v>830</v>
+        <v>819</v>
       </c>
       <c r="C31" s="5">
-        <v>2380</v>
+        <v>2173</v>
       </c>
       <c r="D31" s="7">
         <f>B31/C31</f>
-        <v>0.34873949579831931</v>
+        <v>0.37689829728485963</v>
       </c>
       <c r="F31" s="11"/>
-      <c r="G31" s="14"/>
-[...1 lines deleted...]
-    <row r="32" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="G31" s="15"/>
+    </row>
+    <row r="32" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A32" s="1" t="s">
-        <v>34</v>
+        <v>113</v>
       </c>
       <c r="B32" s="5">
-        <v>460</v>
+        <v>1023</v>
       </c>
       <c r="C32" s="5">
-        <v>1286</v>
+        <v>2727</v>
       </c>
       <c r="D32" s="7">
         <f>B32/C32</f>
-        <v>0.35769828926905134</v>
+        <v>0.37513751375137516</v>
       </c>
       <c r="F32" s="11"/>
-      <c r="G32" s="14"/>
-[...1 lines deleted...]
-    <row r="33" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="G32" s="15"/>
+    </row>
+    <row r="33" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A33" s="1" t="s">
-        <v>106</v>
+        <v>75</v>
       </c>
       <c r="B33" s="5">
-        <v>520</v>
+        <v>1256</v>
       </c>
       <c r="C33" s="5">
-        <v>1890</v>
+        <v>3350</v>
       </c>
       <c r="D33" s="7">
         <f>B33/C33</f>
-        <v>0.27513227513227512</v>
+        <v>0.37492537313432833</v>
       </c>
       <c r="F33" s="11"/>
-      <c r="G33" s="14"/>
-[...3 lines deleted...]
-        <v>37</v>
+      <c r="G33" s="15"/>
+    </row>
+    <row r="34" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A34" s="4" t="s">
+        <v>123</v>
       </c>
       <c r="B34" s="5">
-        <v>1035</v>
+        <v>1398</v>
       </c>
       <c r="C34" s="5">
-        <v>2982</v>
+        <v>3738</v>
       </c>
       <c r="D34" s="7">
         <f>B34/C34</f>
-        <v>0.34708249496981891</v>
+        <v>0.3739967897271268</v>
       </c>
       <c r="F34" s="11"/>
-      <c r="G34" s="14"/>
-[...1 lines deleted...]
-    <row r="35" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="G34" s="15"/>
+    </row>
+    <row r="35" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A35" s="1" t="s">
-        <v>109</v>
+        <v>73</v>
       </c>
       <c r="B35" s="5">
-        <v>375</v>
+        <v>1239</v>
       </c>
       <c r="C35" s="5">
-        <v>1307</v>
+        <v>3325</v>
       </c>
       <c r="D35" s="7">
         <f>B35/C35</f>
-        <v>0.2869166029074216</v>
+        <v>0.37263157894736842</v>
       </c>
       <c r="F35" s="11"/>
-      <c r="G35" s="14"/>
-[...3 lines deleted...]
-        <v>111</v>
+      <c r="G35" s="15"/>
+    </row>
+    <row r="36" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A36" s="1" t="s">
+        <v>118</v>
       </c>
       <c r="B36" s="5">
-        <v>665</v>
+        <v>604</v>
       </c>
       <c r="C36" s="5">
-        <v>2169</v>
+        <v>1623</v>
       </c>
       <c r="D36" s="7">
         <f>B36/C36</f>
-        <v>0.30659289995389583</v>
+        <v>0.37215033887861981</v>
       </c>
       <c r="F36" s="11"/>
-      <c r="G36" s="14"/>
-[...3 lines deleted...]
-        <v>107</v>
+      <c r="G36" s="15"/>
+    </row>
+    <row r="37" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A37" s="4" t="s">
+        <v>94</v>
       </c>
       <c r="B37" s="5">
-        <v>823</v>
+        <v>1456</v>
       </c>
       <c r="C37" s="5">
-        <v>2431</v>
+        <v>3922</v>
       </c>
       <c r="D37" s="7">
         <f>B37/C37</f>
-        <v>0.3385438091320444</v>
+        <v>0.37123916369199389</v>
       </c>
       <c r="F37" s="11"/>
-      <c r="G37" s="14"/>
-[...3 lines deleted...]
-        <v>84</v>
+      <c r="G37" s="15"/>
+    </row>
+    <row r="38" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A38" s="1" t="s">
+        <v>90</v>
       </c>
       <c r="B38" s="5">
-        <v>895</v>
+        <v>456</v>
       </c>
       <c r="C38" s="5">
-        <v>2352</v>
+        <v>1231</v>
       </c>
       <c r="D38" s="7">
         <f>B38/C38</f>
-        <v>0.38052721088435376</v>
+        <v>0.3704305442729488</v>
       </c>
       <c r="F38" s="11"/>
-      <c r="G38" s="14"/>
-[...1 lines deleted...]
-    <row r="39" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="G38" s="15"/>
+    </row>
+    <row r="39" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A39" s="1" t="s">
-        <v>114</v>
+        <v>78</v>
       </c>
       <c r="B39" s="5">
-        <v>211</v>
+        <v>1000</v>
       </c>
       <c r="C39" s="5">
-        <v>727</v>
+        <v>2724</v>
       </c>
       <c r="D39" s="7">
         <f>B39/C39</f>
-        <v>0.29023383768913341</v>
+        <v>0.36710719530102792</v>
       </c>
       <c r="F39" s="11"/>
-      <c r="G39" s="14"/>
-[...1 lines deleted...]
-    <row r="40" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="G39" s="15"/>
+    </row>
+    <row r="40" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A40" s="4" t="s">
-        <v>116</v>
+        <v>99</v>
       </c>
       <c r="B40" s="5">
-        <v>905</v>
+        <v>979</v>
       </c>
       <c r="C40" s="5">
-        <v>2897</v>
+        <v>2681</v>
       </c>
       <c r="D40" s="7">
         <f>B40/C40</f>
-        <v>0.31239212978943737</v>
+        <v>0.36516225289071241</v>
       </c>
       <c r="F40" s="11"/>
-      <c r="G40" s="14"/>
-[...1 lines deleted...]
-    <row r="41" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="G40" s="15"/>
+    </row>
+    <row r="41" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A41" s="4" t="s">
-        <v>99</v>
+        <v>129</v>
       </c>
       <c r="B41" s="5">
-        <v>969</v>
+        <v>486</v>
       </c>
       <c r="C41" s="5">
-        <v>2681</v>
+        <v>1337</v>
       </c>
       <c r="D41" s="7">
         <f>B41/C41</f>
-        <v>0.36143230138008203</v>
+        <v>0.36350037397157814</v>
       </c>
       <c r="F41" s="11"/>
-      <c r="G41" s="14"/>
-[...1 lines deleted...]
-    <row r="42" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="G41" s="15"/>
+    </row>
+    <row r="42" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A42" s="4" t="s">
-        <v>119</v>
+        <v>89</v>
       </c>
       <c r="B42" s="5">
-        <v>796</v>
+        <v>1071</v>
       </c>
       <c r="C42" s="5">
-        <v>2146</v>
+        <v>2950</v>
       </c>
       <c r="D42" s="7">
         <f>B42/C42</f>
-        <v>0.37092264678471576</v>
+        <v>0.36305084745762711</v>
       </c>
       <c r="F42" s="11"/>
-      <c r="G42" s="14"/>
-[...3 lines deleted...]
-        <v>41</v>
+      <c r="G42" s="15"/>
+    </row>
+    <row r="43" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A43" s="4" t="s">
+        <v>122</v>
       </c>
       <c r="B43" s="5">
-        <v>385</v>
+        <v>1411</v>
       </c>
       <c r="C43" s="5">
-        <v>792</v>
+        <v>3890</v>
       </c>
       <c r="D43" s="7">
         <f>B43/C43</f>
-        <v>0.4861111111111111</v>
+        <v>0.3627249357326478</v>
       </c>
       <c r="F43" s="11"/>
-      <c r="G43" s="14"/>
-[...1 lines deleted...]
-    <row r="44" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="G43" s="15"/>
+    </row>
+    <row r="44" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A44" s="1" t="s">
-        <v>121</v>
+        <v>34</v>
       </c>
       <c r="B44" s="5">
-        <v>655</v>
+        <v>464</v>
       </c>
       <c r="C44" s="5">
-        <v>2441</v>
+        <v>1286</v>
       </c>
       <c r="D44" s="7">
         <f>B44/C44</f>
-        <v>0.26833265055305205</v>
+        <v>0.36080870917573871</v>
       </c>
       <c r="F44" s="11"/>
-      <c r="G44" s="14"/>
-[...3 lines deleted...]
-        <v>43</v>
+      <c r="G44" s="15"/>
+    </row>
+    <row r="45" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A45" s="4" t="s">
+        <v>124</v>
       </c>
       <c r="B45" s="5">
-        <v>1265</v>
+        <v>631</v>
       </c>
       <c r="C45" s="5">
-        <v>3756</v>
+        <v>1773</v>
       </c>
       <c r="D45" s="7">
         <f>B45/C45</f>
-        <v>0.3367944621938232</v>
+        <v>0.35589396503102089</v>
       </c>
       <c r="F45" s="11"/>
-      <c r="G45" s="14"/>
-[...1 lines deleted...]
-    <row r="46" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="G45" s="15"/>
+    </row>
+    <row r="46" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A46" s="4" t="s">
-        <v>123</v>
+        <v>120</v>
       </c>
       <c r="B46" s="5">
-        <v>1387</v>
+        <v>511</v>
       </c>
       <c r="C46" s="5">
-        <v>3738</v>
+        <v>1438</v>
       </c>
       <c r="D46" s="7">
         <f>B46/C46</f>
-        <v>0.37105403959336541</v>
+        <v>0.35535465924895687</v>
       </c>
       <c r="F46" s="11"/>
-      <c r="G46" s="14"/>
-[...3 lines deleted...]
-        <v>122</v>
+      <c r="G46" s="15"/>
+    </row>
+    <row r="47" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A47" s="1" t="s">
+        <v>104</v>
       </c>
       <c r="B47" s="5">
-        <v>1389</v>
+        <v>606</v>
       </c>
       <c r="C47" s="5">
-        <v>3890</v>
+        <v>1707</v>
       </c>
       <c r="D47" s="7">
         <f>B47/C47</f>
-        <v>0.35706940874035992</v>
+        <v>0.35500878734622143</v>
       </c>
       <c r="F47" s="11"/>
-      <c r="G47" s="14"/>
-[...1 lines deleted...]
-    <row r="48" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="G47" s="15"/>
+    </row>
+    <row r="48" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A48" s="4" t="s">
-        <v>46</v>
+        <v>29</v>
       </c>
       <c r="B48" s="5">
-        <v>681</v>
+        <v>810</v>
       </c>
       <c r="C48" s="5">
-        <v>1350</v>
+        <v>2284</v>
       </c>
       <c r="D48" s="7">
         <f>B48/C48</f>
-        <v>0.50444444444444447</v>
+        <v>0.35464098073555167</v>
       </c>
       <c r="F48" s="11"/>
-      <c r="G48" s="14"/>
-[...3 lines deleted...]
-        <v>48</v>
+      <c r="G48" s="15"/>
+    </row>
+    <row r="49" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A49" s="4" t="s">
+        <v>95</v>
       </c>
       <c r="B49" s="5">
-        <v>861</v>
+        <v>844</v>
       </c>
       <c r="C49" s="5">
-        <v>3346</v>
+        <v>2380</v>
       </c>
       <c r="D49" s="7">
         <f>B49/C49</f>
-        <v>0.25732217573221755</v>
+        <v>0.35462184873949582</v>
       </c>
       <c r="F49" s="11"/>
-      <c r="G49" s="14"/>
-[...3 lines deleted...]
-        <v>120</v>
+      <c r="G49" s="15"/>
+    </row>
+    <row r="50" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A50" s="1" t="s">
+        <v>37</v>
       </c>
       <c r="B50" s="5">
-        <v>501</v>
+        <v>1057</v>
       </c>
       <c r="C50" s="5">
-        <v>1438</v>
+        <v>2982</v>
       </c>
       <c r="D50" s="7">
         <f>B50/C50</f>
-        <v>0.34840055632823363</v>
+        <v>0.35446009389671362</v>
       </c>
       <c r="F50" s="11"/>
-      <c r="G50" s="14"/>
-[...3 lines deleted...]
-        <v>72</v>
+      <c r="G50" s="15"/>
+    </row>
+    <row r="51" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A51" s="1" t="s">
+        <v>105</v>
       </c>
       <c r="B51" s="5">
-        <v>433</v>
+        <v>761</v>
       </c>
       <c r="C51" s="5">
-        <v>979</v>
+        <v>2148</v>
       </c>
       <c r="D51" s="7">
         <f>B51/C51</f>
-        <v>0.44228804902962204</v>
+        <v>0.3542830540037244</v>
       </c>
       <c r="F51" s="11"/>
-      <c r="G51" s="14"/>
-[...3 lines deleted...]
-        <v>108</v>
+      <c r="G51" s="15"/>
+    </row>
+    <row r="52" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A52" s="4" t="s">
+        <v>110</v>
       </c>
       <c r="B52" s="5">
-        <v>586</v>
+        <v>870</v>
       </c>
       <c r="C52" s="5">
-        <v>1735</v>
+        <v>2482</v>
       </c>
       <c r="D52" s="7">
         <f>B52/C52</f>
-        <v>0.33775216138328529</v>
+        <v>0.35052377115229655</v>
       </c>
       <c r="F52" s="11"/>
-      <c r="G52" s="14"/>
-[...3 lines deleted...]
-        <v>102</v>
+      <c r="G52" s="15"/>
+    </row>
+    <row r="53" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A53" s="4" t="s">
+        <v>56</v>
       </c>
       <c r="B53" s="5">
-        <v>802</v>
+        <v>1228</v>
       </c>
       <c r="C53" s="5">
-        <v>2173</v>
+        <v>3523</v>
       </c>
       <c r="D53" s="7">
         <f>B53/C53</f>
-        <v>0.36907501150483202</v>
+        <v>0.34856656258870283</v>
       </c>
       <c r="F53" s="11"/>
-      <c r="G53" s="14"/>
-[...3 lines deleted...]
-        <v>126</v>
+      <c r="G53" s="15"/>
+    </row>
+    <row r="54" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A54" s="4" t="s">
+        <v>85</v>
       </c>
       <c r="B54" s="5">
-        <v>845</v>
+        <v>1050</v>
       </c>
       <c r="C54" s="5">
-        <v>2935</v>
+        <v>3054</v>
       </c>
       <c r="D54" s="7">
         <f>B54/C54</f>
-        <v>0.2879045996592845</v>
+        <v>0.34381139489194501</v>
       </c>
       <c r="F54" s="11"/>
-      <c r="G54" s="14"/>
-[...3 lines deleted...]
-        <v>105</v>
+      <c r="G54" s="15"/>
+    </row>
+    <row r="55" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A55" s="4" t="s">
+        <v>87</v>
       </c>
       <c r="B55" s="5">
-        <v>749</v>
+        <v>1138</v>
       </c>
       <c r="C55" s="5">
-        <v>2148</v>
+        <v>3311</v>
       </c>
       <c r="D55" s="7">
         <f>B55/C55</f>
-        <v>0.34869646182495345</v>
+        <v>0.34370280881908788</v>
       </c>
       <c r="F55" s="11"/>
-      <c r="G55" s="14"/>
-[...1 lines deleted...]
-    <row r="56" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="G55" s="15"/>
+    </row>
+    <row r="56" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A56" s="1" t="s">
-        <v>127</v>
+        <v>43</v>
       </c>
       <c r="B56" s="5">
-        <v>454</v>
+        <v>1288</v>
       </c>
       <c r="C56" s="5">
-        <v>1901</v>
+        <v>3756</v>
       </c>
       <c r="D56" s="7">
         <f>B56/C56</f>
-        <v>0.23882167280378749</v>
+        <v>0.34291799787007454</v>
       </c>
       <c r="F56" s="11"/>
-      <c r="G56" s="14"/>
-[...1 lines deleted...]
-    <row r="57" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="G56" s="15"/>
+    </row>
+    <row r="57" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A57" s="1" t="s">
-        <v>117</v>
+        <v>108</v>
       </c>
       <c r="B57" s="5">
-        <v>1266</v>
+        <v>594</v>
       </c>
       <c r="C57" s="5">
-        <v>3204</v>
+        <v>1735</v>
       </c>
       <c r="D57" s="7">
         <f>B57/C57</f>
-        <v>0.39513108614232212</v>
+        <v>0.34236311239193085</v>
       </c>
       <c r="F57" s="11"/>
-      <c r="G57" s="14"/>
-[...1 lines deleted...]
-    <row r="58" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="G57" s="15"/>
+    </row>
+    <row r="58" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A58" s="1" t="s">
-        <v>78</v>
+        <v>107</v>
       </c>
       <c r="B58" s="5">
-        <v>991</v>
+        <v>830</v>
       </c>
       <c r="C58" s="5">
-        <v>2724</v>
+        <v>2431</v>
       </c>
       <c r="D58" s="7">
         <f>B58/C58</f>
-        <v>0.36380323054331865</v>
+        <v>0.34142328259975319</v>
       </c>
       <c r="F58" s="11"/>
-      <c r="G58" s="14"/>
-[...1 lines deleted...]
-    <row r="59" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="G58" s="15"/>
+    </row>
+    <row r="59" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A59" s="4" t="s">
-        <v>74</v>
+        <v>81</v>
       </c>
       <c r="B59" s="5">
-        <v>636</v>
+        <v>987</v>
       </c>
       <c r="C59" s="5">
-        <v>1479</v>
+        <v>2920</v>
       </c>
       <c r="D59" s="7">
         <f>B59/C59</f>
-        <v>0.43002028397565922</v>
+        <v>0.33801369863013697</v>
       </c>
       <c r="F59" s="11"/>
-      <c r="G59" s="14"/>
-[...3 lines deleted...]
-        <v>110</v>
+      <c r="G59" s="15"/>
+    </row>
+    <row r="60" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A60" s="1" t="s">
+        <v>53</v>
       </c>
       <c r="B60" s="5">
-        <v>863</v>
+        <v>880</v>
       </c>
       <c r="C60" s="5">
-        <v>2482</v>
+        <v>2616</v>
       </c>
       <c r="D60" s="7">
         <f>B60/C60</f>
-        <v>0.34770346494762289</v>
+        <v>0.3363914373088685</v>
       </c>
       <c r="F60" s="11"/>
-      <c r="G60" s="14"/>
-[...3 lines deleted...]
-        <v>76</v>
+      <c r="G60" s="15"/>
+    </row>
+    <row r="61" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A61" s="1" t="s">
+        <v>130</v>
       </c>
       <c r="B61" s="5">
-        <v>634</v>
+        <v>672</v>
       </c>
       <c r="C61" s="5">
-        <v>1532</v>
+        <v>2039</v>
       </c>
       <c r="D61" s="7">
         <f>B61/C61</f>
-        <v>0.41383812010443866</v>
+        <v>0.32957332025502695</v>
       </c>
       <c r="F61" s="11"/>
-      <c r="G61" s="14"/>
-[...3 lines deleted...]
-        <v>101</v>
+      <c r="G61" s="15"/>
+    </row>
+    <row r="62" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A62" s="1" t="s">
+        <v>83</v>
       </c>
       <c r="B62" s="5">
-        <v>1287</v>
+        <v>264</v>
       </c>
       <c r="C62" s="5">
-        <v>3310</v>
+        <v>819</v>
       </c>
       <c r="D62" s="7">
         <f>B62/C62</f>
-        <v>0.38882175226586102</v>
+        <v>0.32234432234432236</v>
       </c>
       <c r="F62" s="11"/>
-      <c r="G62" s="14"/>
-[...1 lines deleted...]
-    <row r="63" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="G62" s="15"/>
+    </row>
+    <row r="63" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A63" s="4" t="s">
-        <v>88</v>
+        <v>116</v>
       </c>
       <c r="B63" s="5">
-        <v>922</v>
+        <v>923</v>
       </c>
       <c r="C63" s="5">
-        <v>2402</v>
+        <v>2897</v>
       </c>
       <c r="D63" s="7">
         <f>B63/C63</f>
-        <v>0.38384679433805163</v>
+        <v>0.31860545391784606</v>
       </c>
       <c r="F63" s="11"/>
-      <c r="G63" s="14"/>
-[...1 lines deleted...]
-    <row r="64" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="G63" s="15"/>
+    </row>
+    <row r="64" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A64" s="4" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="B64" s="5">
-        <v>630</v>
+        <v>436</v>
       </c>
       <c r="C64" s="5">
-        <v>1668</v>
+        <v>1384</v>
       </c>
       <c r="D64" s="7">
         <f>B64/C64</f>
-        <v>0.37769784172661869</v>
+        <v>0.31502890173410403</v>
       </c>
       <c r="F64" s="11"/>
-      <c r="G64" s="14"/>
-[...1 lines deleted...]
-    <row r="65" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="G64" s="15"/>
+    </row>
+    <row r="65" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A65" s="4" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="B65" s="5">
-        <v>484</v>
+        <v>600</v>
       </c>
       <c r="C65" s="5">
-        <v>1337</v>
+        <v>1909</v>
       </c>
       <c r="D65" s="7">
         <f>B65/C65</f>
-        <v>0.36200448765893795</v>
+        <v>0.31430068098480879</v>
       </c>
       <c r="F65" s="11"/>
-      <c r="G65" s="14"/>
-[...1 lines deleted...]
-    <row r="66" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="G65" s="15"/>
+    </row>
+    <row r="66" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A66" s="1" t="s">
-        <v>80</v>
+        <v>58</v>
       </c>
       <c r="B66" s="5">
-        <v>738</v>
+        <v>1063</v>
       </c>
       <c r="C66" s="5">
-        <v>1708</v>
+        <v>3396</v>
       </c>
       <c r="D66" s="7">
         <f>B66/C66</f>
-        <v>0.43208430913348944</v>
+        <v>0.31301531213191991</v>
       </c>
       <c r="F66" s="11"/>
-      <c r="G66" s="14"/>
-[...3 lines deleted...]
-        <v>118</v>
+      <c r="G66" s="15"/>
+    </row>
+    <row r="67" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A67" s="4" t="s">
+        <v>111</v>
       </c>
       <c r="B67" s="5">
-        <v>600</v>
+        <v>676</v>
       </c>
       <c r="C67" s="5">
-        <v>1623</v>
+        <v>2169</v>
       </c>
       <c r="D67" s="7">
         <f>B67/C67</f>
-        <v>0.36968576709796674</v>
+        <v>0.31166436145689258</v>
       </c>
       <c r="F67" s="11"/>
-      <c r="G67" s="14"/>
-[...3 lines deleted...]
-        <v>112</v>
+      <c r="G67" s="15"/>
+    </row>
+    <row r="68" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A68" s="1" t="s">
+        <v>133</v>
       </c>
       <c r="B68" s="5">
-        <v>612</v>
+        <v>527</v>
       </c>
       <c r="C68" s="5">
-        <v>1714</v>
+        <v>1724</v>
       </c>
       <c r="D68" s="7">
         <f>B68/C68</f>
-        <v>0.3570595099183197</v>
+        <v>0.30568445475638051</v>
       </c>
       <c r="F68" s="11"/>
-      <c r="G68" s="14"/>
-[...1 lines deleted...]
-    <row r="69" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="G68" s="15"/>
+    </row>
+    <row r="69" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A69" s="4" t="s">
-        <v>86</v>
+        <v>13</v>
       </c>
       <c r="B69" s="5">
-        <v>1828</v>
+        <v>319</v>
       </c>
       <c r="C69" s="5">
-        <v>4501</v>
+        <v>1049</v>
       </c>
       <c r="D69" s="7">
         <f>B69/C69</f>
-        <v>0.40613197067318374</v>
+        <v>0.30409914204003813</v>
       </c>
       <c r="F69" s="11"/>
-      <c r="G69" s="14"/>
-[...1 lines deleted...]
-    <row r="70" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="G69" s="15"/>
+    </row>
+    <row r="70" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A70" s="1" t="s">
-        <v>131</v>
+        <v>126</v>
       </c>
       <c r="B70" s="5">
-        <v>250</v>
+        <v>865</v>
       </c>
       <c r="C70" s="5">
-        <v>1292</v>
+        <v>2935</v>
       </c>
       <c r="D70" s="7">
         <f>B70/C70</f>
-        <v>0.19349845201238391</v>
+        <v>0.29471890971039183</v>
       </c>
       <c r="F70" s="11"/>
-      <c r="G70" s="14"/>
-[...1 lines deleted...]
-    <row r="71" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="G70" s="15"/>
+    </row>
+    <row r="71" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A71" s="1" t="s">
-        <v>82</v>
+        <v>109</v>
       </c>
       <c r="B71" s="5">
-        <v>1040</v>
+        <v>385</v>
       </c>
       <c r="C71" s="5">
-        <v>2350</v>
+        <v>1307</v>
       </c>
       <c r="D71" s="7">
         <f>B71/C71</f>
-        <v>0.44255319148936167</v>
+        <v>0.29456771231828616</v>
       </c>
       <c r="F71" s="11"/>
-      <c r="G71" s="14"/>
-[...1 lines deleted...]
-    <row r="72" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="G71" s="15"/>
+    </row>
+    <row r="72" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A72" s="1" t="s">
-        <v>113</v>
+        <v>16</v>
       </c>
       <c r="B72" s="5">
-        <v>1003</v>
+        <v>914</v>
       </c>
       <c r="C72" s="5">
-        <v>2727</v>
+        <v>3138</v>
       </c>
       <c r="D72" s="7">
         <f>B72/C72</f>
-        <v>0.3678034470113678</v>
+        <v>0.29126832377310391</v>
       </c>
       <c r="F72" s="11"/>
-      <c r="G72" s="14"/>
-[...3 lines deleted...]
-        <v>91</v>
+      <c r="G72" s="15"/>
+    </row>
+    <row r="73" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A73" s="1" t="s">
+        <v>114</v>
       </c>
       <c r="B73" s="5">
-        <v>1599</v>
+        <v>211</v>
       </c>
       <c r="C73" s="5">
-        <v>3736</v>
+        <v>727</v>
       </c>
       <c r="D73" s="7">
         <f>B73/C73</f>
-        <v>0.42799785867237689</v>
+        <v>0.29023383768913341</v>
       </c>
       <c r="F73" s="11"/>
-      <c r="G73" s="14"/>
-[...1 lines deleted...]
-    <row r="74" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="G73" s="15"/>
+    </row>
+    <row r="74" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A74" s="1" t="s">
-        <v>115</v>
+        <v>92</v>
       </c>
       <c r="B74" s="5">
-        <v>863</v>
+        <v>1066</v>
       </c>
       <c r="C74" s="5">
-        <v>2300</v>
+        <v>3736</v>
       </c>
       <c r="D74" s="7">
         <f>B74/C74</f>
-        <v>0.37521739130434784</v>
+        <v>0.28533190578158457</v>
       </c>
       <c r="F74" s="11"/>
-      <c r="G74" s="14"/>
-[...3 lines deleted...]
-        <v>79</v>
+      <c r="G74" s="15"/>
+    </row>
+    <row r="75" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A75" s="1" t="s">
+        <v>121</v>
       </c>
       <c r="B75" s="5">
-        <v>269</v>
+        <v>691</v>
       </c>
       <c r="C75" s="5">
-        <v>698</v>
+        <v>2441</v>
       </c>
       <c r="D75" s="7">
         <f>B75/C75</f>
-        <v>0.38538681948424069</v>
+        <v>0.28308070462925033</v>
       </c>
       <c r="F75" s="11"/>
-      <c r="G75" s="14"/>
-[...1 lines deleted...]
-    <row r="76" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="G75" s="15"/>
+    </row>
+    <row r="76" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A76" s="4" t="s">
         <v>132</v>
       </c>
       <c r="B76" s="5">
-        <v>515</v>
+        <v>519</v>
       </c>
       <c r="C76" s="5">
         <v>1836</v>
       </c>
       <c r="D76" s="7">
         <f>B76/C76</f>
-        <v>0.28050108932461876</v>
+        <v>0.2826797385620915</v>
       </c>
       <c r="F76" s="11"/>
-      <c r="G76" s="14"/>
-[...1 lines deleted...]
-    <row r="77" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="G76" s="15"/>
+    </row>
+    <row r="77" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A77" s="1" t="s">
-        <v>53</v>
+        <v>106</v>
       </c>
       <c r="B77" s="5">
-        <v>874</v>
+        <v>533</v>
       </c>
       <c r="C77" s="5">
-        <v>2616</v>
+        <v>1890</v>
       </c>
       <c r="D77" s="7">
         <f>B77/C77</f>
-        <v>0.33409785932721714</v>
+        <v>0.28201058201058199</v>
       </c>
       <c r="F77" s="11"/>
-      <c r="G77" s="14"/>
-[...3 lines deleted...]
-        <v>56</v>
+      <c r="G77" s="15"/>
+    </row>
+    <row r="78" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A78" s="1" t="s">
+        <v>70</v>
       </c>
       <c r="B78" s="5">
-        <v>1197</v>
+        <v>745</v>
       </c>
       <c r="C78" s="5">
-        <v>3523</v>
+        <v>2693</v>
       </c>
       <c r="D78" s="7">
         <f>B78/C78</f>
-        <v>0.33976724382628443</v>
+        <v>0.27664314890456737</v>
       </c>
       <c r="F78" s="11"/>
-      <c r="G78" s="14"/>
-[...3 lines deleted...]
-        <v>58</v>
+      <c r="G78" s="15"/>
+    </row>
+    <row r="79" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A79" s="4" t="s">
+        <v>100</v>
       </c>
       <c r="B79" s="5">
-        <v>1049</v>
+        <v>263</v>
       </c>
       <c r="C79" s="5">
-        <v>3396</v>
+        <v>1004</v>
       </c>
       <c r="D79" s="7">
         <f>B79/C79</f>
-        <v>0.30889281507656063</v>
+        <v>0.26195219123505975</v>
       </c>
       <c r="F79" s="11"/>
-      <c r="G79" s="14"/>
-[...1 lines deleted...]
-    <row r="80" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="G79" s="15"/>
+    </row>
+    <row r="80" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A80" s="1" t="s">
-        <v>60</v>
+        <v>48</v>
       </c>
       <c r="B80" s="5">
-        <v>692</v>
+        <v>876</v>
       </c>
       <c r="C80" s="5">
-        <v>1750</v>
+        <v>3346</v>
       </c>
       <c r="D80" s="7">
         <f>B80/C80</f>
-        <v>0.39542857142857141</v>
+        <v>0.26180514046622833</v>
       </c>
       <c r="F80" s="11"/>
-      <c r="G80" s="14"/>
-[...1 lines deleted...]
-    <row r="81" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="G80" s="15"/>
+    </row>
+    <row r="81" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A81" s="1" t="s">
-        <v>130</v>
+        <v>103</v>
       </c>
       <c r="B81" s="5">
-        <v>654</v>
+        <v>570</v>
       </c>
       <c r="C81" s="5">
-        <v>2039</v>
+        <v>2181</v>
       </c>
       <c r="D81" s="7">
         <f>B81/C81</f>
-        <v>0.32074546346248162</v>
+        <v>0.26134800550206327</v>
       </c>
       <c r="F81" s="11"/>
-      <c r="G81" s="14"/>
-[...1 lines deleted...]
-    <row r="82" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="G81" s="15"/>
+    </row>
+    <row r="82" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A82" s="1" t="s">
-        <v>133</v>
+        <v>127</v>
       </c>
       <c r="B82" s="5">
-        <v>518</v>
+        <v>468</v>
       </c>
       <c r="C82" s="5">
-        <v>1724</v>
+        <v>1901</v>
       </c>
       <c r="D82" s="7">
         <f>B82/C82</f>
-        <v>0.30046403712296982</v>
+        <v>0.24618621778011573</v>
       </c>
       <c r="F82" s="11"/>
-      <c r="G82" s="14"/>
-[...3 lines deleted...]
-        <v>125</v>
+      <c r="G82" s="15"/>
+    </row>
+    <row r="83" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A83" s="1" t="s">
+        <v>93</v>
       </c>
       <c r="B83" s="5">
-        <v>833</v>
+        <v>503</v>
       </c>
       <c r="C83" s="5">
-        <v>2173</v>
+        <v>2310</v>
       </c>
       <c r="D83" s="7">
         <f>B83/C83</f>
-        <v>0.38334100322135295</v>
+        <v>0.21774891774891775</v>
       </c>
       <c r="F83" s="11"/>
-      <c r="G83" s="14"/>
-[...1 lines deleted...]
-    <row r="84" spans="1:7" x14ac:dyDescent="0.3">
+      <c r="G83" s="15"/>
+    </row>
+    <row r="84" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A84" s="1" t="s">
-        <v>104</v>
+        <v>20</v>
       </c>
       <c r="B84" s="5">
-        <v>599</v>
+        <v>183</v>
       </c>
       <c r="C84" s="5">
-        <v>1707</v>
+        <v>849</v>
       </c>
       <c r="D84" s="7">
         <f>B84/C84</f>
-        <v>0.3509080257762156</v>
+        <v>0.21554770318021202</v>
       </c>
       <c r="F84" s="11"/>
-      <c r="G84" s="14"/>
-[...11 lines deleted...]
-      <c r="D85" s="19">
+      <c r="G84" s="15"/>
+    </row>
+    <row r="85" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A85" s="1" t="s">
+        <v>131</v>
+      </c>
+      <c r="B85" s="5">
+        <v>253</v>
+      </c>
+      <c r="C85" s="5">
+        <v>1292</v>
+      </c>
+      <c r="D85" s="7">
         <f>B85/C85</f>
-        <v>0.40877914951989025</v>
+        <v>0.19582043343653252</v>
       </c>
       <c r="F85" s="11"/>
-      <c r="G85" s="14"/>
-[...3 lines deleted...]
-        <v>124</v>
+      <c r="G85" s="15"/>
+    </row>
+    <row r="86" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A86" s="1" t="s">
+        <v>5</v>
       </c>
       <c r="B86" s="5">
-        <v>615</v>
+        <v>291</v>
       </c>
       <c r="C86" s="5">
-        <v>1773</v>
+        <v>1735</v>
       </c>
       <c r="D86" s="7">
         <f>B86/C86</f>
-        <v>0.34686971235194586</v>
+        <v>0.16772334293948127</v>
       </c>
       <c r="F86" s="11"/>
-      <c r="G86" s="14"/>
-[...2 lines deleted...]
-      <c r="A87" s="15" t="s">
+      <c r="G86" s="15"/>
+    </row>
+    <row r="87" spans="1:7" x14ac:dyDescent="0.25">
+      <c r="A87" s="16" t="s">
         <v>69</v>
       </c>
-      <c r="B87" s="16">
-[...4 lines deleted...]
-        <f>SUM(C1:C86)</f>
+      <c r="B87" s="17">
+        <f>SUM(B2:B86)</f>
+        <v>66667</v>
+      </c>
+      <c r="C87" s="17">
         <v>188704</v>
       </c>
       <c r="D87" s="18">
-        <f>B87/C87</f>
-        <v>0.34687129048668813</v>
+        <f t="shared" ref="D87" si="0">B87/C87</f>
+        <v>0.35328874851619468</v>
       </c>
     </row>
   </sheetData>
-  <sortState ref="A2:D87">
-    <sortCondition ref="A1"/>
+  <sortState ref="A2:G86">
+    <sortCondition descending="1" ref="D2:D86"/>
   </sortState>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:I11"/>
+  <dimension ref="A1:G11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <selection activeCell="C11" sqref="C11"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="11.44140625" defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="45" bestFit="1" customWidth="1"/>
-    <col min="2" max="2" width="29.44140625" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="29.42578125" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="22" bestFit="1" customWidth="1"/>
-    <col min="4" max="4" width="9.88671875" bestFit="1" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="7" max="7" width="11.88671875" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="9.85546875" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="20.85546875" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="14.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A1" s="1"/>
       <c r="B1" s="2" t="s">
         <v>134</v>
       </c>
       <c r="C1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="D1" s="3" t="s">
         <v>2</v>
       </c>
     </row>
-    <row r="2" spans="1:9" x14ac:dyDescent="0.3">
+    <row r="2" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A2" s="4" t="s">
         <v>135</v>
       </c>
       <c r="B2" s="6">
         <f>VLOOKUP(A2,[1]Numerador_VACUNADOS_AREA!$A$1:$B$11,2,FALSE)</f>
-        <v>4182</v>
+        <v>4225</v>
       </c>
       <c r="C2" s="6">
         <v>10668</v>
       </c>
       <c r="D2" s="7">
-        <f>(B2/C2)</f>
-        <v>0.39201349831271093</v>
+        <f t="shared" ref="D2:D10" si="0">(B2/C2)</f>
+        <v>0.39604424446944131</v>
       </c>
       <c r="F2" s="11"/>
-      <c r="G2" s="14"/>
-[...1 lines deleted...]
-    <row r="3" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="G2" s="15"/>
+    </row>
+    <row r="3" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A3" s="4" t="s">
         <v>136</v>
       </c>
       <c r="B3" s="6">
         <f>VLOOKUP(A3,[1]Numerador_VACUNADOS_AREA!$A$1:$B$11,2,FALSE)</f>
-        <v>12229</v>
+        <v>12444</v>
       </c>
       <c r="C3" s="6">
         <v>32373</v>
       </c>
       <c r="D3" s="7">
-        <f t="shared" ref="D3:D11" si="0">(B3/C3)</f>
-        <v>0.37775306582646034</v>
+        <f t="shared" si="0"/>
+        <v>0.38439440274302661</v>
       </c>
       <c r="F3" s="11"/>
-      <c r="G3" s="14"/>
-[...1 lines deleted...]
-    <row r="4" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="G3" s="15"/>
+    </row>
+    <row r="4" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A4" s="4" t="s">
         <v>137</v>
       </c>
       <c r="B4" s="6">
         <f>VLOOKUP(A4,[1]Numerador_VACUNADOS_AREA!$A$1:$B$11,2,FALSE)</f>
-        <v>2842</v>
+        <v>2907</v>
       </c>
       <c r="C4" s="6">
         <v>7671</v>
       </c>
       <c r="D4" s="7">
         <f t="shared" si="0"/>
-        <v>0.37048624690392384</v>
+        <v>0.37895971842002346</v>
       </c>
       <c r="E4" s="11"/>
       <c r="F4" s="11"/>
-      <c r="G4" s="14"/>
-[...1 lines deleted...]
-    <row r="5" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="G4" s="15"/>
+    </row>
+    <row r="5" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A5" s="4" t="s">
         <v>138</v>
       </c>
       <c r="B5" s="6">
         <f>VLOOKUP(A5,[1]Numerador_VACUNADOS_AREA!$A$1:$B$11,2,FALSE)</f>
-        <v>8985</v>
+        <v>9166</v>
       </c>
       <c r="C5" s="6">
         <v>24398</v>
       </c>
       <c r="D5" s="7">
         <f t="shared" si="0"/>
-        <v>0.3682678908107222</v>
+        <v>0.37568653168292482</v>
       </c>
       <c r="F5" s="11"/>
-      <c r="G5" s="14"/>
-[...1 lines deleted...]
-    <row r="6" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="G5" s="15"/>
+    </row>
+    <row r="6" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A6" s="4" t="s">
         <v>139</v>
       </c>
       <c r="B6" s="6">
         <f>VLOOKUP(A6,[1]Numerador_VACUNADOS_AREA!$A$1:$B$11,2,FALSE)</f>
-        <v>11599</v>
+        <v>11768</v>
       </c>
       <c r="C6" s="6">
         <v>33065</v>
       </c>
       <c r="D6" s="7">
         <f t="shared" si="0"/>
-        <v>0.35079389082110995</v>
+        <v>0.35590503553606534</v>
       </c>
       <c r="F6" s="11"/>
-      <c r="G6" s="14"/>
-[...1 lines deleted...]
-    <row r="7" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="G6" s="15"/>
+    </row>
+    <row r="7" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A7" s="4" t="s">
         <v>140</v>
       </c>
       <c r="B7" s="6">
         <f>VLOOKUP(A7,[1]Numerador_VACUNADOS_AREA!$A$1:$B$11,2,FALSE)</f>
-        <v>7701</v>
+        <v>7821</v>
       </c>
       <c r="C7" s="6">
         <v>22353</v>
       </c>
       <c r="D7" s="7">
         <f t="shared" si="0"/>
-        <v>0.3445175144275936</v>
+        <v>0.34988592135283852</v>
       </c>
       <c r="F7" s="11"/>
-      <c r="G7" s="14"/>
-[...1 lines deleted...]
-    <row r="8" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="G7" s="15"/>
+    </row>
+    <row r="8" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A8" s="4" t="s">
         <v>142</v>
       </c>
       <c r="B8" s="6">
         <f>VLOOKUP(A8,[1]Numerador_VACUNADOS_AREA!$A$1:$B$11,2,FALSE)</f>
-        <v>11985</v>
+        <v>12267</v>
       </c>
       <c r="C8" s="6">
         <v>37908</v>
       </c>
       <c r="D8" s="7">
         <f t="shared" si="0"/>
-        <v>0.31616017727128837</v>
+        <v>0.32359924026590692</v>
       </c>
       <c r="F8" s="11"/>
-      <c r="G8" s="14"/>
-[...1 lines deleted...]
-    <row r="9" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="G8" s="15"/>
+    </row>
+    <row r="9" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A9" s="4" t="s">
         <v>143</v>
       </c>
       <c r="B9" s="6">
         <f>VLOOKUP(A9,[1]Numerador_VACUNADOS_AREA!$A$1:$B$11,2,FALSE)</f>
-        <v>4073</v>
+        <v>4181</v>
       </c>
       <c r="C9" s="6">
         <v>13123</v>
       </c>
       <c r="D9" s="7">
         <f t="shared" si="0"/>
-        <v>0.3103711041682542</v>
+        <v>0.31860092966547282</v>
       </c>
       <c r="F9" s="11"/>
-      <c r="G9" s="14"/>
-[...1 lines deleted...]
-    <row r="10" spans="1:9" x14ac:dyDescent="0.3">
+      <c r="G9" s="15"/>
+    </row>
+    <row r="10" spans="1:7" x14ac:dyDescent="0.25">
       <c r="A10" s="4" t="s">
         <v>141</v>
       </c>
       <c r="B10" s="6">
         <f>VLOOKUP(A10,[1]Numerador_VACUNADOS_AREA!$A$1:$B$11,2,FALSE)</f>
-        <v>1860</v>
+        <v>1888</v>
       </c>
       <c r="C10" s="6">
         <v>7145</v>
       </c>
       <c r="D10" s="7">
         <f t="shared" si="0"/>
-        <v>0.26032190342897132</v>
+        <v>0.26424072778166552</v>
       </c>
       <c r="F10" s="11"/>
-      <c r="G10" s="14"/>
-[...1 lines deleted...]
-    <row r="11" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="G10" s="15"/>
+    </row>
+    <row r="11" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A11" s="8" t="s">
         <v>69</v>
       </c>
       <c r="B11" s="9">
         <f>SUM(B2:B10)</f>
-        <v>65456</v>
+        <v>66667</v>
       </c>
       <c r="C11" s="10">
         <f>SUM(C2:C10)</f>
         <v>188704</v>
       </c>
-      <c r="D11" s="13">
-[...4 lines deleted...]
-      <c r="I11" s="24"/>
+      <c r="D11" s="14">
+        <f t="shared" ref="D11" si="1">(B11/C11)</f>
+        <v>0.35328874851619468</v>
+      </c>
+      <c r="G11" s="13"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Hojas de cálculo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="3" baseType="lpstr">
       <vt:lpstr>70 y más años - municipios</vt:lpstr>