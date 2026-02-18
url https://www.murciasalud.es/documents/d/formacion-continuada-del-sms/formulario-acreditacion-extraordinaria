--- v0 (2025-12-05)
+++ v1 (2026-02-18)
@@ -2618,77 +2618,51 @@
       </w:rPr>
       <w:t xml:space="preserve"> de Recursos Humanos del Servicio Murciano de Salud. La finalidad es la gestión de la formación continuada del personal del Servicio Murciano de Salud. La legitimación se basa en el consentimiento del interesado y en el cumplimiento de una misión realizada en interés público o en el ejercicio de poderes públicos conferidos al responsable del tratamiento. Los destinatarios podrán ser otros órganos de la Administración del Estado y de la Comunidad Autónoma de la Región de Murcia. El ejercicio de los derechos de acceso, rectificación, supresión, oposición y limitación al tratamiento se realizará enviando una solicitud por escrito acompañada de fotocopia de su DNI, dirigida a la Dirección General de Recursos Humanos del Servicio Murciano de Salud, C/ CENTRAL, Nº7, EDIFICIO HABITAMIA - 30100 ESPINARDO (MURCIA)</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:i/>
         <w:iCs/>
         <w:color w:val="1F497D"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:eastAsia="es-ES"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidRPr="00754FA8">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:i/>
         <w:iCs/>
         <w:color w:val="1F497D"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:eastAsia="es-ES"/>
       </w:rPr>
-      <w:t xml:space="preserve">o en la dirección de correo electrónico del </w:t>
-[...25 lines deleted...]
-      <w:t>: dpd-sms@carm.es</w:t>
+      <w:t>o en la dirección de correo electrónico del dpd: dpd-sms@carm.es</w:t>
     </w:r>
     <w:r w:rsidRPr="007B09B2">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:i/>
         <w:iCs/>
         <w:color w:val="1F497D"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:eastAsia="es-ES"/>
       </w:rPr>
       <w:t>. Es posible consultar la información adicional y detallada sobre Protección de Datos en nuestra página web www.murciasalud.es/proteccion_datos</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="0595F86F" w14:textId="77777777" w:rsidR="0061293B" w:rsidRDefault="0061293B">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="14FD3078" w14:textId="77777777" w:rsidR="001D3CC1" w:rsidRPr="0059604D" w:rsidRDefault="001D3CC1" w:rsidP="001D3CC1">
@@ -2780,77 +2754,51 @@
       </w:rPr>
       <w:t xml:space="preserve"> de Recursos Humanos del Servicio Murciano de Salud. La finalidad es la gestión de la formación continuada del personal del Servicio Murciano de Salud. La legitimación se basa en el consentimiento del interesado y en el cumplimiento de una misión realizada en interés público o en el ejercicio de poderes públicos conferidos al responsable del tratamiento. Los destinatarios podrán ser otros órganos de la Administración del Estado y de la Comunidad Autónoma de la Región de Murcia. El ejercicio de los derechos de acceso, rectificación, supresión, oposición y limitación al tratamiento se realizará enviando una solicitud por escrito acompañada de fotocopia de su DNI, dirigida a la Dirección General de Recursos Humanos del Servicio Murciano de Salud, C/ CENTRAL, Nº7, EDIFICIO HABITAMIA - 30100 ESPINARDO (MURCIA)</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:i/>
         <w:iCs/>
         <w:color w:val="1F497D"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:eastAsia="es-ES"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidRPr="00754FA8">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:i/>
         <w:iCs/>
         <w:color w:val="1F497D"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:eastAsia="es-ES"/>
       </w:rPr>
-      <w:t xml:space="preserve">o en la dirección de correo electrónico del </w:t>
-[...25 lines deleted...]
-      <w:t>: dpd-sms@carm.es</w:t>
+      <w:t>o en la dirección de correo electrónico del dpd: dpd-sms@carm.es</w:t>
     </w:r>
     <w:r w:rsidRPr="007B09B2">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:i/>
         <w:iCs/>
         <w:color w:val="1F497D"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:eastAsia="es-ES"/>
       </w:rPr>
       <w:t>. Es posible consultar la información adicional y detallada sobre Protección de Datos en nuestra página web www.murciasalud.es/proteccion_datos</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="6CCD2479" w14:textId="77777777" w:rsidR="001D3CC1" w:rsidRDefault="001D3CC1">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
@@ -4218,56 +4166,56 @@
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1404329091">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="1436243195">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="774711177">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1324550367">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="738477270">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="1683319337">
     <w:abstractNumId w:val="9"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="90"/>
   <w:removePersonalInformation/>
   <w:removeDateAndTime/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="JFycAUV2H4NuawJuco1Ld0vQbb5qVfLf5qOTDXStTzngu/8aJztjXOyHjGeZ5H78Vahy6NJb4KsQUaJecHfDmQ==" w:salt="pYNkwKBXhHhpEnqHe4xfIw=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="sYx9hSyLO1rBq2BQb7Nw875KZgn+uVWn8xHni1if31VdZKoS5d12Boolt2csq3xrX1MxbRebcrbCc5dmg6YR9Q==" w:salt="RBoB19GlJwCbqJg0sYSENQ=="/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00267BEF"/>
     <w:rsid w:val="00010F39"/>
@@ -4315,72 +4263,74 @@
     <w:rsid w:val="002545C5"/>
     <w:rsid w:val="00261696"/>
     <w:rsid w:val="00265462"/>
     <w:rsid w:val="00267BEF"/>
     <w:rsid w:val="002733A7"/>
     <w:rsid w:val="0029558E"/>
     <w:rsid w:val="002C71E3"/>
     <w:rsid w:val="003002B4"/>
     <w:rsid w:val="00302D4F"/>
     <w:rsid w:val="00310549"/>
     <w:rsid w:val="0033118A"/>
     <w:rsid w:val="00346C6F"/>
     <w:rsid w:val="00356100"/>
     <w:rsid w:val="00386957"/>
     <w:rsid w:val="003B1712"/>
     <w:rsid w:val="003C26F0"/>
     <w:rsid w:val="003D6AE2"/>
     <w:rsid w:val="00420B5B"/>
     <w:rsid w:val="00420E45"/>
     <w:rsid w:val="00427ECE"/>
     <w:rsid w:val="00434579"/>
     <w:rsid w:val="004356E7"/>
     <w:rsid w:val="00443AAC"/>
     <w:rsid w:val="004738E3"/>
     <w:rsid w:val="004847B1"/>
+    <w:rsid w:val="004A7596"/>
     <w:rsid w:val="004B0643"/>
     <w:rsid w:val="004B26AF"/>
     <w:rsid w:val="004C2979"/>
     <w:rsid w:val="004E017E"/>
     <w:rsid w:val="004E017F"/>
     <w:rsid w:val="004E107A"/>
     <w:rsid w:val="004E7DEE"/>
     <w:rsid w:val="0051421F"/>
     <w:rsid w:val="00514C47"/>
     <w:rsid w:val="005271AF"/>
     <w:rsid w:val="00540EE8"/>
     <w:rsid w:val="00546BB5"/>
     <w:rsid w:val="0055394C"/>
     <w:rsid w:val="00566646"/>
     <w:rsid w:val="00567AFB"/>
     <w:rsid w:val="00574677"/>
     <w:rsid w:val="00577EA7"/>
     <w:rsid w:val="0058027D"/>
     <w:rsid w:val="005829C5"/>
     <w:rsid w:val="0059604D"/>
     <w:rsid w:val="005A1F55"/>
     <w:rsid w:val="005B4322"/>
+    <w:rsid w:val="005C243E"/>
     <w:rsid w:val="005C40A6"/>
     <w:rsid w:val="005D13EF"/>
     <w:rsid w:val="005F5C07"/>
     <w:rsid w:val="0061293B"/>
     <w:rsid w:val="00612ACB"/>
     <w:rsid w:val="00616218"/>
     <w:rsid w:val="006453BF"/>
     <w:rsid w:val="0065454E"/>
     <w:rsid w:val="006571F3"/>
     <w:rsid w:val="006637CB"/>
     <w:rsid w:val="00681F44"/>
     <w:rsid w:val="006A43E4"/>
     <w:rsid w:val="006B1ABB"/>
     <w:rsid w:val="006B7F25"/>
     <w:rsid w:val="006C67BB"/>
     <w:rsid w:val="006E0455"/>
     <w:rsid w:val="006E0801"/>
     <w:rsid w:val="006E169D"/>
     <w:rsid w:val="006E30A3"/>
     <w:rsid w:val="006E3224"/>
     <w:rsid w:val="006F1B86"/>
     <w:rsid w:val="00713176"/>
     <w:rsid w:val="00715DAB"/>
     <w:rsid w:val="00721F5A"/>
     <w:rsid w:val="00746529"/>
@@ -4440,50 +4390,51 @@
     <w:rsid w:val="00AF4E5B"/>
     <w:rsid w:val="00B11311"/>
     <w:rsid w:val="00B221AA"/>
     <w:rsid w:val="00B30265"/>
     <w:rsid w:val="00B30C84"/>
     <w:rsid w:val="00B33D5B"/>
     <w:rsid w:val="00B45056"/>
     <w:rsid w:val="00B61063"/>
     <w:rsid w:val="00B94924"/>
     <w:rsid w:val="00B94A74"/>
     <w:rsid w:val="00BB37B4"/>
     <w:rsid w:val="00BC63A4"/>
     <w:rsid w:val="00BE37E5"/>
     <w:rsid w:val="00BE51CA"/>
     <w:rsid w:val="00BE7133"/>
     <w:rsid w:val="00BF0E67"/>
     <w:rsid w:val="00BF7438"/>
     <w:rsid w:val="00C1463C"/>
     <w:rsid w:val="00C15203"/>
     <w:rsid w:val="00C3414D"/>
     <w:rsid w:val="00C44004"/>
     <w:rsid w:val="00C45C43"/>
     <w:rsid w:val="00C463EC"/>
     <w:rsid w:val="00C517D2"/>
     <w:rsid w:val="00C54CD6"/>
+    <w:rsid w:val="00C62E58"/>
     <w:rsid w:val="00C73A33"/>
     <w:rsid w:val="00C76A70"/>
     <w:rsid w:val="00C77A13"/>
     <w:rsid w:val="00CA606B"/>
     <w:rsid w:val="00CA61AD"/>
     <w:rsid w:val="00CC191A"/>
     <w:rsid w:val="00CC2C06"/>
     <w:rsid w:val="00CE36A9"/>
     <w:rsid w:val="00CF4437"/>
     <w:rsid w:val="00D0196C"/>
     <w:rsid w:val="00D23EB2"/>
     <w:rsid w:val="00D27851"/>
     <w:rsid w:val="00D3355D"/>
     <w:rsid w:val="00D376B4"/>
     <w:rsid w:val="00D4328A"/>
     <w:rsid w:val="00D452A0"/>
     <w:rsid w:val="00D479EC"/>
     <w:rsid w:val="00D76C38"/>
     <w:rsid w:val="00D84330"/>
     <w:rsid w:val="00D96621"/>
     <w:rsid w:val="00DA490C"/>
     <w:rsid w:val="00DB401B"/>
     <w:rsid w:val="00DC4BC4"/>
     <w:rsid w:val="00DE0679"/>
     <w:rsid w:val="00DE487B"/>
@@ -5658,50 +5609,51 @@
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F90F7A"/>
     <w:rsid w:val="00066170"/>
     <w:rsid w:val="00086778"/>
     <w:rsid w:val="0029558E"/>
+    <w:rsid w:val="004A7596"/>
     <w:rsid w:val="005829C5"/>
     <w:rsid w:val="006A43E4"/>
     <w:rsid w:val="00701EC3"/>
     <w:rsid w:val="007678E9"/>
     <w:rsid w:val="00815614"/>
     <w:rsid w:val="00820CD2"/>
     <w:rsid w:val="008D188B"/>
     <w:rsid w:val="009E2DC6"/>
     <w:rsid w:val="00BC63A4"/>
     <w:rsid w:val="00BE0950"/>
     <w:rsid w:val="00C12F72"/>
     <w:rsid w:val="00C1463C"/>
     <w:rsid w:val="00C54CD6"/>
     <w:rsid w:val="00CD1373"/>
     <w:rsid w:val="00DA490C"/>
     <w:rsid w:val="00E96C85"/>
     <w:rsid w:val="00F51F5B"/>
     <w:rsid w:val="00F90F7A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
@@ -6583,70 +6535,54 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...6 lines deleted...]
-</p:properties>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...7 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Documento" ma:contentTypeID="0x010100B06617267F2F024888E4758096EA68D3" ma:contentTypeVersion="17" ma:contentTypeDescription="Crear nuevo documento." ma:contentTypeScope="" ma:versionID="43b969b2240948f64292864e39434780">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="bab14156-fcf3-44e2-9c4b-c33f1f92d414" xmlns:ns3="1c9c8636-0486-4c9b-b75c-7b805ddaaf65" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="609917e18f01ec88dda26f4a786e8af5" ns2:_="" ns3:_="">
     <xsd:import namespace="bab14156-fcf3-44e2-9c4b-c33f1f92d414"/>
     <xsd:import namespace="1c9c8636-0486-4c9b-b75c-7b805ddaaf65"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
@@ -6845,96 +6781,112 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="1c9c8636-0486-4c9b-b75c-7b805ddaaf65" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="bab14156-fcf3-44e2-9c4b-c33f1f92d414">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{51BE3F23-488B-4432-ADBD-BDD0BBEB5B30}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EA752D03-4378-4B63-AFCF-37CFDF7AA555}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-[...2 lines deleted...]
-    <ds:schemaRef ds:uri="bab14156-fcf3-44e2-9c4b-c33f1f92d414"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BC42931C-DC01-4A13-BDE6-A8CD7573B9CF}">
-[...6 lines deleted...]
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B9073A04-30A3-4CB4-89B4-BF2A07DB4BF7}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="bab14156-fcf3-44e2-9c4b-c33f1f92d414"/>
     <ds:schemaRef ds:uri="1c9c8636-0486-4c9b-b75c-7b805ddaaf65"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BC42931C-DC01-4A13-BDE6-A8CD7573B9CF}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EA752D03-4378-4B63-AFCF-37CFDF7AA555}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{51BE3F23-488B-4432-ADBD-BDD0BBEB5B30}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="1c9c8636-0486-4c9b-b75c-7b805ddaaf65"/>
+    <ds:schemaRef ds:uri="bab14156-fcf3-44e2-9c4b-c33f1f92d414"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>CS - SMS - DGRH.dotx</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
   <Words>327</Words>
   <Characters>1802</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>15</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>