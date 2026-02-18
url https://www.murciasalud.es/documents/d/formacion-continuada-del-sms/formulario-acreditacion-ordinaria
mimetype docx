--- v0 (2025-12-05)
+++ v1 (2026-02-18)
@@ -1,75 +1,82 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="bin" ContentType="application/vnd.ms-office.activeX"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/activeX/activeX1.xml" ContentType="application/vnd.ms-office.activeX+xml"/>
+  <Override PartName="/word/activeX/activeX2.xml" ContentType="application/vnd.ms-office.activeX+xml"/>
+  <Override PartName="/word/activeX/activeX3.xml" ContentType="application/vnd.ms-office.activeX+xml"/>
+  <Override PartName="/word/activeX/activeX4.xml" ContentType="application/vnd.ms-office.activeX+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:jc w:val="center"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1281"/>
-        <w:gridCol w:w="926"/>
+        <w:gridCol w:w="1280"/>
+        <w:gridCol w:w="927"/>
         <w:gridCol w:w="667"/>
         <w:gridCol w:w="529"/>
         <w:gridCol w:w="2267"/>
         <w:gridCol w:w="2834"/>
       </w:tblGrid>
       <w:tr w:rsidR="001E1DA8" w:rsidRPr="00310549" w14:paraId="58286D0A" w14:textId="77777777" w:rsidTr="00501E90">
         <w:trPr>
           <w:trHeight w:val="432"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5E998E3E" w14:textId="77777777" w:rsidR="0058027D" w:rsidRDefault="00837E66" w:rsidP="006E169D">
             <w:pPr>
               <w:spacing w:before="40" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
@@ -304,135 +311,137 @@
                     </w:rPr>
                     <w:t>Este formulario está destinado a solicitar, por primera vez, la acreditación como personal instructor en RCP del Servicio Murciano de Salud.</w:t>
                   </w:r>
                 </w:p>
                 <w:p w14:paraId="2EDFDBBE" w14:textId="77777777" w:rsidR="003B1712" w:rsidRPr="002733A7" w:rsidRDefault="003B1712" w:rsidP="00190100">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:val="es-ES_tradnl"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="002733A7">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:val="es-ES_tradnl"/>
                     </w:rPr>
                     <w:t>No será necesario presentar esta solicitud en los siguientes casos:</w:t>
                   </w:r>
                 </w:p>
-                <w:p w14:paraId="5CFDD4D3" w14:textId="55DD5545" w:rsidR="003B1712" w:rsidRPr="00310549" w:rsidRDefault="003B1712" w:rsidP="00310549">
+                <w:p w14:paraId="5CFDD4D3" w14:textId="55DD5545" w:rsidR="003B1712" w:rsidRPr="00310549" w:rsidRDefault="003B1712" w:rsidP="008E36CD">
                   <w:pPr>
                     <w:pStyle w:val="Prrafodelista"/>
                     <w:numPr>
                       <w:ilvl w:val="0"/>
                       <w:numId w:val="12"/>
                     </w:numPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:ind w:left="214" w:hanging="214"/>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:val="es-ES_tradnl"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00310549">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:val="es-ES_tradnl"/>
                     </w:rPr>
                     <w:t>Si ya se dispone de una acreditación</w:t>
                   </w:r>
                   <w:r w:rsidR="001C0FC3">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:val="es-ES_tradnl"/>
                     </w:rPr>
                     <w:t>/</w:t>
                   </w:r>
                   <w:r w:rsidRPr="00310549">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:val="es-ES_tradnl"/>
                     </w:rPr>
                     <w:t>reacreditación vigente expedida conforme al Programa Perséfone Plus, o si la acreditación se obtuvo bajo el extinto II Programa Perséfone.</w:t>
                   </w:r>
                 </w:p>
-                <w:p w14:paraId="667C92D1" w14:textId="2FED7109" w:rsidR="009D68CF" w:rsidRPr="00310549" w:rsidRDefault="003B1712" w:rsidP="00310549">
+                <w:p w14:paraId="667C92D1" w14:textId="2FED7109" w:rsidR="009D68CF" w:rsidRPr="00310549" w:rsidRDefault="003B1712" w:rsidP="008E36CD">
                   <w:pPr>
                     <w:pStyle w:val="Prrafodelista"/>
                     <w:numPr>
                       <w:ilvl w:val="0"/>
                       <w:numId w:val="12"/>
                     </w:numPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+                    <w:ind w:left="214" w:hanging="214"/>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:val="es-ES_tradnl"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00310549">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                       <w:lang w:val="es-ES_tradnl"/>
                     </w:rPr>
                     <w:t>Si se supera una actividad formativa de Instructor/a del Programa Perséfone Plus (Básico o Avanzado), ya que la acreditación correspondiente se otorgará automáticamente al finalizar la formación, sin necesidad de solicitarla expresamente.</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
-          <w:p w14:paraId="292105E1" w14:textId="77777777" w:rsidR="009D68CF" w:rsidRDefault="009D68CF" w:rsidP="003B1712">
+          <w:p w14:paraId="292105E1" w14:textId="77777777" w:rsidR="009D68CF" w:rsidRPr="007D4D7A" w:rsidRDefault="009D68CF" w:rsidP="003B1712">
             <w:pPr>
               <w:spacing w:before="40" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:caps/>
                 <w:spacing w:val="10"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="8"/>
+                <w:szCs w:val="8"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="6CDDCD47" w14:textId="77777777" w:rsidR="006E0801" w:rsidRPr="003B1712" w:rsidRDefault="006E0801" w:rsidP="003E3380">
             <w:pPr>
               <w:spacing w:before="40" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:caps/>
                 <w:spacing w:val="10"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0061293B" w:rsidRPr="00F22878" w14:paraId="2A1B86A4" w14:textId="77777777" w:rsidTr="00E97018">
         <w:trPr>
           <w:trHeight w:val="288"/>
           <w:jc w:val="center"/>
@@ -1306,260 +1315,486 @@
               <w:text/>
             </w:sdtPr>
             <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="6911EADB" w14:textId="18924DBD" w:rsidR="000A4960" w:rsidRPr="00F22878" w:rsidRDefault="00A51BD5" w:rsidP="006E30A3">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                     <w:spacing w:val="10"/>
                     <w:lang w:val="es-ES_tradnl" w:bidi="en-US"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00A51BD5">
                   <w:rPr>
                     <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                   </w:rPr>
                   <w:t>Puesto de trabajo</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="132F797A" w14:textId="77777777" w:rsidR="00B33D5B" w:rsidRPr="00B30C84" w:rsidRDefault="00B33D5B" w:rsidP="001E1DA8">
-[...12 lines deleted...]
-    <w:p w14:paraId="1F53F7D7" w14:textId="77777777" w:rsidR="001E1DA8" w:rsidRPr="00F22878" w:rsidRDefault="001E1DA8" w:rsidP="001E1DA8">
+    <w:p w14:paraId="13F2DF57" w14:textId="77777777" w:rsidR="009004F9" w:rsidRPr="007D4D7A" w:rsidRDefault="009004F9" w:rsidP="001E1DA8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1F53F7D7" w14:textId="649DC747" w:rsidR="001E1DA8" w:rsidRDefault="001E1DA8" w:rsidP="001E1DA8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009004F9">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>SOLICITA:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7FE3A767" w14:textId="77777777" w:rsidR="007D4D7A" w:rsidRPr="007D4D7A" w:rsidRDefault="007D4D7A" w:rsidP="001E1DA8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5B4319E7" w14:textId="77777777" w:rsidR="007D4D7A" w:rsidRDefault="007D4D7A" w:rsidP="007D4D7A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F22878">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
-        <w:t>SOLICITA:</w:t>
+        <w:t xml:space="preserve">I. ACREDITACIÓN </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F22878">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve">COMO PERSONAL INSTRUCTOR DE PERSÉFONE PLUS </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F22878">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t>seleccione</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F22878">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> el tipo de acreditación que solicita)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7357C79F" w14:textId="77777777" w:rsidR="00B33D5B" w:rsidRPr="00F22878" w:rsidRDefault="00B33D5B" w:rsidP="00B33D5B">
-[...14 lines deleted...]
-    <w:p w14:paraId="09921AC6" w14:textId="462D1BB6" w:rsidR="00837E66" w:rsidRPr="00F22878" w:rsidRDefault="00B33D5B" w:rsidP="00B33D5B">
+    <w:p w14:paraId="384593BA" w14:textId="77777777" w:rsidR="007D4D7A" w:rsidRPr="00F22878" w:rsidRDefault="007D4D7A" w:rsidP="007D4D7A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F22878">
-[...37 lines deleted...]
-      <w:r w:rsidR="00420E45" w:rsidRPr="00F22878">
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Tablaconcuadrcula1"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="531"/>
+        <w:gridCol w:w="7955"/>
+        <w:gridCol w:w="8"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00EA125E" w:rsidRPr="00F22878" w14:paraId="141FAE40" w14:textId="77777777" w:rsidTr="002617E4">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="8" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="531" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6041141F" w14:textId="3C1B3A9C" w:rsidR="00EA125E" w:rsidRPr="00F22878" w:rsidRDefault="00EA125E" w:rsidP="002617E4">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="es-ES_tradnl" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:object w:dxaOrig="1440" w:dyaOrig="1440" w14:anchorId="06755C06">
+                <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
+                  <v:stroke joinstyle="miter"/>
+                  <v:formulas>
+                    <v:f eqn="if lineDrawn pixelLineWidth 0"/>
+                    <v:f eqn="sum @0 1 0"/>
+                    <v:f eqn="sum 0 0 @1"/>
+                    <v:f eqn="prod @2 1 2"/>
+                    <v:f eqn="prod @3 21600 pixelWidth"/>
+                    <v:f eqn="prod @3 21600 pixelHeight"/>
+                    <v:f eqn="sum @0 0 1"/>
+                    <v:f eqn="prod @6 1 2"/>
+                    <v:f eqn="prod @7 21600 pixelWidth"/>
+                    <v:f eqn="sum @8 21600 0"/>
+                    <v:f eqn="prod @7 21600 pixelHeight"/>
+                    <v:f eqn="sum @10 21600 0"/>
+                  </v:formulas>
+                  <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
+                  <o:lock v:ext="edit" aspectratio="t"/>
+                </v:shapetype>
+                <v:shape id="_x0000_i1041" type="#_x0000_t75" style="width:14.4pt;height:19.2pt" o:ole="">
+                  <v:imagedata r:id="rId11" o:title=""/>
+                </v:shape>
+                <w:control r:id="rId12" w:name="OptionButton1" w:shapeid="_x0000_i1041"/>
+              </w:object>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7955" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3BADC307" w14:textId="77777777" w:rsidR="00EA125E" w:rsidRPr="00F22878" w:rsidRDefault="00EA125E" w:rsidP="00EA125E">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>Soporte Vital Básico Adultos-Perséfone Plus</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EA125E" w:rsidRPr="00F22878" w14:paraId="1C4F358F" w14:textId="77777777" w:rsidTr="002617E4">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="531" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E6C8466" w14:textId="1EABE26F" w:rsidR="00EA125E" w:rsidRPr="00F22878" w:rsidRDefault="00EA125E" w:rsidP="002617E4">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="es-ES_tradnl" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:object w:dxaOrig="1440" w:dyaOrig="1440" w14:anchorId="40AF6202">
+                <v:shape id="_x0000_i1028" type="#_x0000_t75" style="width:14.4pt;height:19.2pt" o:ole="">
+                  <v:imagedata r:id="rId11" o:title=""/>
+                </v:shape>
+                <w:control r:id="rId13" w:name="OptionButton11" w:shapeid="_x0000_i1028"/>
+              </w:object>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7963" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="44200AE8" w14:textId="77777777" w:rsidR="00EA125E" w:rsidRPr="00F22878" w:rsidRDefault="00EA125E" w:rsidP="00EA125E">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>Soporte Vital Avanzado Adultos-Perséfone Plus</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EA125E" w:rsidRPr="00F22878" w14:paraId="4A56879E" w14:textId="77777777" w:rsidTr="002617E4">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="531" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="25C6692C" w14:textId="2A1C112E" w:rsidR="00EA125E" w:rsidRDefault="00EA125E" w:rsidP="002617E4">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="es-ES_tradnl" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:object w:dxaOrig="1440" w:dyaOrig="1440" w14:anchorId="025A4A14">
+                <v:shape id="_x0000_i1030" type="#_x0000_t75" style="width:14.4pt;height:19.2pt" o:ole="">
+                  <v:imagedata r:id="rId11" o:title=""/>
+                </v:shape>
+                <w:control r:id="rId14" w:name="OptionButton12" w:shapeid="_x0000_i1030"/>
+              </w:object>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7963" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="47BD75A1" w14:textId="77777777" w:rsidR="00EA125E" w:rsidRPr="00F22878" w:rsidRDefault="00EA125E" w:rsidP="00EA125E">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>Soporte Vital Avanzado Pediátrico-Perséfone Plus</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EA125E" w:rsidRPr="00F22878" w14:paraId="0D56A593" w14:textId="77777777" w:rsidTr="002617E4">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="531" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="749D81FA" w14:textId="6B9C92B2" w:rsidR="00EA125E" w:rsidRPr="00F22878" w:rsidRDefault="00EA125E" w:rsidP="002617E4">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="es-ES_tradnl" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:object w:dxaOrig="1440" w:dyaOrig="1440" w14:anchorId="12973E50">
+                <v:shape id="_x0000_i1032" type="#_x0000_t75" style="width:14.4pt;height:19.2pt" o:ole="">
+                  <v:imagedata r:id="rId11" o:title=""/>
+                </v:shape>
+                <w:control r:id="rId15" w:name="OptionButton13" w:shapeid="_x0000_i1032"/>
+              </w:object>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7963" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="59903BE5" w14:textId="77777777" w:rsidR="00EA125E" w:rsidRPr="00F22878" w:rsidRDefault="00EA125E" w:rsidP="00EA125E">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>Soporte Vital Neonatal-Perséfone Plus</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="2FCD117D" w14:textId="77777777" w:rsidR="009004F9" w:rsidRDefault="009004F9" w:rsidP="00B33D5B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
-        <w:t>(</w:t>
-[...93 lines deleted...]
-          <w:footerReference w:type="first" r:id="rId14"/>
+        <w:sectPr w:rsidR="009004F9" w:rsidSect="009004F9">
+          <w:headerReference w:type="default" r:id="rId16"/>
+          <w:footerReference w:type="default" r:id="rId17"/>
+          <w:headerReference w:type="first" r:id="rId18"/>
+          <w:footerReference w:type="first" r:id="rId19"/>
           <w:pgSz w:w="11906" w:h="16838"/>
           <w:pgMar w:top="2608" w:right="1701" w:bottom="1418" w:left="1701" w:header="709" w:footer="709" w:gutter="0"/>
           <w:cols w:space="708"/>
+          <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2E4836EF" w14:textId="7CE508DD" w:rsidR="001E1DA8" w:rsidRPr="00356100" w:rsidRDefault="00B33D5B" w:rsidP="00B33D5B">
+    <w:p w14:paraId="2E4836EF" w14:textId="3E83FE71" w:rsidR="001E1DA8" w:rsidRPr="00356100" w:rsidRDefault="00B33D5B" w:rsidP="00B33D5B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F22878">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">II. </w:t>
       </w:r>
       <w:r w:rsidR="00AB3F84" w:rsidRPr="00F22878">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
@@ -1939,51 +2174,62 @@
             </w:sdtPr>
             <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="1AE2B79C" w14:textId="5073861D" w:rsidR="00F54717" w:rsidRPr="00F22878" w:rsidRDefault="00540EE8" w:rsidP="00B96F9B">
                 <w:pPr>
                   <w:jc w:val="both"/>
                   <w:rPr>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                     <w:lang w:val="es-ES_tradnl"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00540EE8">
                   <w:rPr>
                     <w:rStyle w:val="Textodelmarcadordeposicin"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Haga clic o pulse aquí para escribir texto</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
-          <w:p w14:paraId="06AAA628" w14:textId="77777777" w:rsidR="00F54717" w:rsidRPr="00F22878" w:rsidRDefault="00F54717" w:rsidP="00B96F9B">
+          <w:p w14:paraId="06AAA628" w14:textId="77777777" w:rsidR="00F54717" w:rsidRDefault="00F54717" w:rsidP="00B96F9B">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4F24FBA4" w14:textId="77777777" w:rsidR="00A26DA8" w:rsidRPr="00F22878" w:rsidRDefault="00A26DA8" w:rsidP="00B96F9B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="5BB4EEC6" w14:textId="77777777" w:rsidR="00F54717" w:rsidRPr="00F22878" w:rsidRDefault="00F54717" w:rsidP="00B96F9B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="702DE597" w14:textId="77777777" w:rsidR="00AB3F84" w:rsidRPr="00F22878" w:rsidRDefault="00AB3F84" w:rsidP="001E1DA8">
@@ -2401,168 +2647,151 @@
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="64B59636" w14:textId="77777777" w:rsidR="00F54717" w:rsidRPr="00F22878" w:rsidRDefault="00F54717" w:rsidP="00137AF5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="25508C61" w14:textId="77777777" w:rsidR="00F54717" w:rsidRPr="00F22878" w:rsidRDefault="00F54717" w:rsidP="00137AF5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="3A52BF27" w14:textId="4DA46D9F" w:rsidR="001E1DA8" w:rsidRPr="00F22878" w:rsidRDefault="001E1DA8" w:rsidP="001E1DA8">
+    <w:p w14:paraId="3A52BF27" w14:textId="4DA46D9F" w:rsidR="001E1DA8" w:rsidRDefault="001E1DA8" w:rsidP="001E1DA8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F22878">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
+    <w:p w14:paraId="7E127785" w14:textId="77777777" w:rsidR="00A26DA8" w:rsidRDefault="00A26DA8" w:rsidP="001E1DA8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4107C22A" w14:textId="77777777" w:rsidR="00A26DA8" w:rsidRPr="00F22878" w:rsidRDefault="00A26DA8" w:rsidP="001E1DA8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:p w14:paraId="1B63F236" w14:textId="77777777" w:rsidR="001E1DA8" w:rsidRDefault="001E1DA8" w:rsidP="001E1DA8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2A94BEB3" w14:textId="77777777" w:rsidR="000873D2" w:rsidRDefault="000873D2" w:rsidP="001E1DA8">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="21833A36" w14:textId="64DD22A1" w:rsidR="00AB3F84" w:rsidRPr="00F22878" w:rsidRDefault="007F3286" w:rsidP="009004F9">
+      <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...3 lines deleted...]
-        <w:jc w:val="center"/>
+      <w:r w:rsidRPr="009004F9">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
-      </w:pPr>
-[...24 lines deleted...]
-        <w:t>F</w:t>
+        <w:t>Fdo.:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
-        <w:t xml:space="preserve">do.: </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:lang w:val="es-ES_tradnl"/>
           </w:rPr>
           <w:tag w:val="Firmante"/>
           <w:id w:val="-1935892527"/>
           <w:placeholder>
             <w:docPart w:val="13DCE763E79D42538C80E8FDE6D281B2"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidRPr="00F2591E">
             <w:rPr>
               <w:rStyle w:val="Textodelmarcadordeposicin"/>
               <w:rFonts w:cstheme="minorHAnsi"/>
               <w:i/>
               <w:iCs/>
             </w:rPr>
             <w:t>Haga clic o pulse aquí para escribir texto</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w14:paraId="21833A36" w14:textId="0AF61A56" w:rsidR="00AB3F84" w:rsidRPr="00F22878" w:rsidRDefault="00AB3F84" w:rsidP="007F3286">
-[...8 lines deleted...]
-    </w:p>
     <w:sectPr w:rsidR="00AB3F84" w:rsidRPr="00F22878" w:rsidSect="006B1263">
+      <w:footerReference w:type="first" r:id="rId20"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="2608" w:right="1701" w:bottom="1418" w:left="1701" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="23A8A710" w14:textId="77777777" w:rsidR="00713097" w:rsidRDefault="00713097" w:rsidP="0033118A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="4BB4DD63" w14:textId="77777777" w:rsidR="00713097" w:rsidRDefault="00713097" w:rsidP="0033118A">
       <w:pPr>
@@ -2592,68 +2821,63 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
+    <w:altName w:val="Calibri"/>
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
-  </w:font>
-[...4 lines deleted...]
-    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Book Antiqua">
     <w:panose1 w:val="02040602050305030304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
@@ -2762,112 +2986,228 @@
     </w:r>
     <w:r w:rsidRPr="007B09B2">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:i/>
         <w:iCs/>
         <w:color w:val="1F497D"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:eastAsia="es-ES"/>
       </w:rPr>
       <w:t>. Es posible consultar la información adicional y detallada sobre Protección de Datos en nuestra página web www.murciasalud.es/proteccion_datos</w:t>
     </w:r>
   </w:p>
   <w:bookmarkEnd w:id="0"/>
   <w:p w14:paraId="0595F86F" w14:textId="77777777" w:rsidR="0061293B" w:rsidRDefault="0061293B">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="4D920C64" w14:textId="66C750E4" w:rsidR="006B1263" w:rsidRPr="00F22878" w:rsidRDefault="006B1263" w:rsidP="006B1263">
+  <w:p w14:paraId="7226C27E" w14:textId="77777777" w:rsidR="006B1263" w:rsidRDefault="006B1263" w:rsidP="006B1263">
+    <w:pPr>
+      <w:pStyle w:val="Piedepgina"/>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+        <w:lang w:val="es-ES_tradnl"/>
+      </w:rPr>
+    </w:pPr>
+  </w:p>
+  <w:p w14:paraId="0846AE2B" w14:textId="640C5AD7" w:rsidR="006B1263" w:rsidRPr="006B1263" w:rsidRDefault="006B1263" w:rsidP="007D4D7A">
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4252"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="160" w:lineRule="atLeast"/>
+      <w:ind w:left="-851" w:right="-567"/>
+      <w:jc w:val="both"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Book Antiqua" w:eastAsia="Times New Roman" w:hAnsi="Book Antiqua" w:cs="Book Antiqua"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="007B09B2">
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+        <w:i/>
+        <w:iCs/>
+        <w:color w:val="1F497D"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+        <w:lang w:eastAsia="es-ES"/>
+      </w:rPr>
+      <w:t>De conformidad co</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+        <w:i/>
+        <w:iCs/>
+        <w:color w:val="1F497D"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+        <w:lang w:eastAsia="es-ES"/>
+      </w:rPr>
+      <w:t>n el Reglamento (UE) 2016/679 y</w:t>
+    </w:r>
+    <w:r w:rsidRPr="007B09B2">
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+        <w:i/>
+        <w:iCs/>
+        <w:color w:val="1F497D"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+        <w:lang w:eastAsia="es-ES"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> la Ley Orgánica 3/2018, de 5 de diciembre, de Protección de Datos Personales y garantía de los derechos digitales se le informa de que sus datos personales serán incorporados a una actividad de tratamiento del que es responsable el Director</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+        <w:i/>
+        <w:iCs/>
+        <w:color w:val="1F497D"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+        <w:lang w:eastAsia="es-ES"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r w:rsidRPr="007B09B2">
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+        <w:i/>
+        <w:iCs/>
+        <w:color w:val="1F497D"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+        <w:lang w:eastAsia="es-ES"/>
+      </w:rPr>
+      <w:t>General de Recursos Humanos del Servicio Murciano de Salud. La finalidad es la gestión de la formación continuada del personal del Servicio Murciano de Salud. La legitimación se basa en el consentimiento del interesado y en el cumplimiento de una misión realizada en interés público o en el ejercicio de poderes públicos conferidos al responsable del tratamiento. Los destinatarios podrán ser otros órganos de la Administración del Estado y de la Comunidad Autónoma de la Región de Murcia. El ejercicio de los derechos de acceso, rectificación, supresión, oposición y limitación al tratamiento se realizará enviando una solicitud por escrito acompañada de fotocopia de su DNI, dirigida a la Dirección General de Recursos Humanos del Servicio Murciano de Salud, C/ CENTRAL, Nº7, EDIFICIO HABITAMIA - 30100 ESPINARDO (MURCIA)</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+        <w:i/>
+        <w:iCs/>
+        <w:color w:val="1F497D"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+        <w:lang w:eastAsia="es-ES"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r w:rsidRPr="00754FA8">
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+        <w:i/>
+        <w:iCs/>
+        <w:color w:val="1F497D"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+        <w:lang w:eastAsia="es-ES"/>
+      </w:rPr>
+      <w:t>o en la dirección de correo electrónico del dpd: dpd-sms@carm.es</w:t>
+    </w:r>
+    <w:r w:rsidRPr="007B09B2">
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+        <w:i/>
+        <w:iCs/>
+        <w:color w:val="1F497D"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+        <w:lang w:eastAsia="es-ES"/>
+      </w:rPr>
+      <w:t>. Es posible consultar la información adicional y detallada sobre Protección de Datos en nuestra página web www.murciasalud.es/proteccion_datos</w:t>
+    </w:r>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="23EA11B7" w14:textId="77777777" w:rsidR="009004F9" w:rsidRPr="00F22878" w:rsidRDefault="009004F9" w:rsidP="009004F9">
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
         <w:lang w:val="es-ES_tradnl"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00F22878">
       <w:rPr>
         <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
         <w:lang w:val="es-ES_tradnl"/>
       </w:rPr>
       <w:t>DIRECCIÓN GENERAL DE RECURSOS HUMANOS</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="2118C032" w14:textId="76F22414" w:rsidR="006B1263" w:rsidRDefault="006B1263" w:rsidP="006B1263">
+  <w:p w14:paraId="65B65FC3" w14:textId="77777777" w:rsidR="009004F9" w:rsidRDefault="009004F9" w:rsidP="009004F9">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
         <w:lang w:val="es-ES_tradnl"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00F22878">
       <w:rPr>
         <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
         <w:lang w:val="es-ES_tradnl"/>
       </w:rPr>
       <w:t>Unidad de Desarrollo Profesional. C/ Pinares, 4 - 2ª planta. 30001 MURCIA</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="699F582A" w14:textId="77777777" w:rsidR="000873D2" w:rsidRDefault="000873D2" w:rsidP="006B1263">
+  <w:p w14:paraId="2084A438" w14:textId="77777777" w:rsidR="009004F9" w:rsidRDefault="009004F9" w:rsidP="006B1263">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
         <w:lang w:val="es-ES_tradnl"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="7226C27E" w14:textId="77777777" w:rsidR="006B1263" w:rsidRDefault="006B1263" w:rsidP="006B1263">
-[...9 lines deleted...]
-  <w:p w14:paraId="0846AE2B" w14:textId="640C5AD7" w:rsidR="006B1263" w:rsidRPr="006B1263" w:rsidRDefault="006B1263" w:rsidP="006B1263">
+  <w:p w14:paraId="1B9CACCC" w14:textId="77777777" w:rsidR="009004F9" w:rsidRPr="006B1263" w:rsidRDefault="009004F9" w:rsidP="0038777F">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4252"/>
-        <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="160" w:lineRule="atLeast"/>
-      <w:ind w:left="-567" w:right="-567"/>
+      <w:ind w:left="-851" w:right="-567"/>
       <w:jc w:val="both"/>
       <w:rPr>
         <w:rFonts w:ascii="Book Antiqua" w:eastAsia="Times New Roman" w:hAnsi="Book Antiqua" w:cs="Book Antiqua"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="007B09B2">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:i/>
         <w:iCs/>
         <w:color w:val="1F497D"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:eastAsia="es-ES"/>
       </w:rPr>
       <w:t>De conformidad co</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:i/>
         <w:iCs/>
         <w:color w:val="1F497D"/>
@@ -3005,51 +3345,51 @@
     </w:tblGrid>
     <w:tr w:rsidR="0033118A" w14:paraId="32D99048" w14:textId="77777777" w:rsidTr="00244494">
       <w:trPr>
         <w:cantSplit/>
         <w:trHeight w:hRule="exact" w:val="2608"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="11906" w:type="dxa"/>
           <w:noWrap/>
         </w:tcPr>
         <w:p w14:paraId="4E5BCD23" w14:textId="77777777" w:rsidR="0033118A" w:rsidRDefault="00CF4437" w:rsidP="00244494">
           <w:pPr>
             <w:pStyle w:val="Encabezado"/>
             <w:jc w:val="center"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:noProof/>
               <w:lang w:val="es-ES_tradnl" w:eastAsia="es-ES_tradnl"/>
             </w:rPr>
             <w:drawing>
               <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="35F5C491" wp14:editId="3082B389">
                 <wp:extent cx="7538720" cy="1656080"/>
                 <wp:effectExtent l="0" t="0" r="5080" b="1270"/>
-                <wp:docPr id="1" name="Imagen 1"/>
+                <wp:docPr id="1438175250" name="Imagen 1438175250"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
                         <pic:cNvPr id="1" name=""/>
                         <pic:cNvPicPr/>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId1" cstate="print">
                           <a:extLst>
                             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                             </a:ext>
                           </a:extLst>
                         </a:blip>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="7538720" cy="1656080"/>
                         </a:xfrm>
@@ -3109,51 +3449,51 @@
               <wp:lineTo x="1419" y="5460"/>
               <wp:lineTo x="1419" y="13650"/>
               <wp:lineTo x="6984" y="15884"/>
               <wp:lineTo x="10804" y="15884"/>
               <wp:lineTo x="10804" y="19854"/>
               <wp:lineTo x="0" y="21095"/>
               <wp:lineTo x="0" y="21344"/>
               <wp:lineTo x="21553" y="21344"/>
               <wp:lineTo x="21553" y="21095"/>
               <wp:lineTo x="10749" y="19854"/>
               <wp:lineTo x="10804" y="15884"/>
               <wp:lineTo x="14405" y="15884"/>
               <wp:lineTo x="19534" y="13650"/>
               <wp:lineTo x="19479" y="11913"/>
               <wp:lineTo x="20079" y="10175"/>
               <wp:lineTo x="20079" y="8190"/>
               <wp:lineTo x="19479" y="7942"/>
               <wp:lineTo x="19588" y="5212"/>
               <wp:lineTo x="18825" y="4964"/>
               <wp:lineTo x="2237" y="3971"/>
               <wp:lineTo x="21553" y="248"/>
               <wp:lineTo x="21553" y="0"/>
               <wp:lineTo x="0" y="0"/>
             </wp:wrapPolygon>
           </wp:wrapTight>
-          <wp:docPr id="1928365636" name="Imagen 1"/>
+          <wp:docPr id="1760818966" name="Imagen 1"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="Picture 1"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
@@ -4320,58 +4660,58 @@
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1404329091">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="1436243195">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="774711177">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1324550367">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="738477270">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="1683319337">
     <w:abstractNumId w:val="9"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="50"/>
   <w:removePersonalInformation/>
   <w:removeDateAndTime/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="JY/66wUx9lRwG0h/eY/X+Yemx3xc9yLkSKdboS0klclG1GRLoUC2VejhDR6u8VsL2le5J5xedsrsvQ2n2kgm9g==" w:salt="/MaU0y5AsO0xZ6rsmaRFhw=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="daKCqGGNCRI+1fye85lTyFH9XFJN6Y3mNl2QXFqL3tDli+/+5oqdtGeP1Y/GVbXm2B6+v+/gs6z+7lU8pRqQwg==" w:salt="fp39h/hl5wGKUYyfeW740A=="/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
+  <w:evenAndOddHeaders/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00267BEF"/>
     <w:rsid w:val="00046B5C"/>
     <w:rsid w:val="00047D79"/>
     <w:rsid w:val="00064E45"/>
@@ -4388,215 +4728,236 @@
     <w:rsid w:val="00114875"/>
     <w:rsid w:val="0013104E"/>
     <w:rsid w:val="001353E8"/>
     <w:rsid w:val="001868F0"/>
     <w:rsid w:val="00190089"/>
     <w:rsid w:val="00190100"/>
     <w:rsid w:val="001935C8"/>
     <w:rsid w:val="0019746C"/>
     <w:rsid w:val="001A6484"/>
     <w:rsid w:val="001C002A"/>
     <w:rsid w:val="001C0FC3"/>
     <w:rsid w:val="001E1DA8"/>
     <w:rsid w:val="001E3029"/>
     <w:rsid w:val="001E55FB"/>
     <w:rsid w:val="001F3B3B"/>
     <w:rsid w:val="001F6198"/>
     <w:rsid w:val="0020548E"/>
     <w:rsid w:val="00213979"/>
     <w:rsid w:val="00213B3D"/>
     <w:rsid w:val="002222C6"/>
     <w:rsid w:val="002264E1"/>
     <w:rsid w:val="00235B81"/>
     <w:rsid w:val="00236894"/>
     <w:rsid w:val="00244494"/>
     <w:rsid w:val="00261696"/>
+    <w:rsid w:val="002617E4"/>
     <w:rsid w:val="00267BEF"/>
     <w:rsid w:val="002733A7"/>
     <w:rsid w:val="0029081D"/>
     <w:rsid w:val="002C71E3"/>
     <w:rsid w:val="00302D4F"/>
     <w:rsid w:val="00310549"/>
     <w:rsid w:val="00323B2F"/>
+    <w:rsid w:val="00327A77"/>
+    <w:rsid w:val="003305A8"/>
     <w:rsid w:val="0033118A"/>
     <w:rsid w:val="00346C6F"/>
     <w:rsid w:val="00356100"/>
+    <w:rsid w:val="0038777F"/>
     <w:rsid w:val="003A0D4D"/>
     <w:rsid w:val="003A2FDC"/>
     <w:rsid w:val="003B1712"/>
     <w:rsid w:val="003B47A6"/>
     <w:rsid w:val="003C26F0"/>
     <w:rsid w:val="003E3380"/>
     <w:rsid w:val="00413EC1"/>
     <w:rsid w:val="00420B5B"/>
     <w:rsid w:val="00420E45"/>
     <w:rsid w:val="004738E3"/>
     <w:rsid w:val="00496C13"/>
     <w:rsid w:val="0049757E"/>
     <w:rsid w:val="004A1AB1"/>
+    <w:rsid w:val="004A7596"/>
     <w:rsid w:val="004B26AF"/>
     <w:rsid w:val="004D7693"/>
     <w:rsid w:val="004E017F"/>
     <w:rsid w:val="004E7DEE"/>
     <w:rsid w:val="00507E6F"/>
     <w:rsid w:val="0051129D"/>
     <w:rsid w:val="005271AF"/>
     <w:rsid w:val="00540EE8"/>
     <w:rsid w:val="005411CF"/>
     <w:rsid w:val="00546BB5"/>
     <w:rsid w:val="0055394C"/>
+    <w:rsid w:val="005665B0"/>
     <w:rsid w:val="00567AFB"/>
     <w:rsid w:val="0058027D"/>
     <w:rsid w:val="005829C5"/>
     <w:rsid w:val="0059604D"/>
     <w:rsid w:val="005A1F55"/>
     <w:rsid w:val="0061293B"/>
     <w:rsid w:val="0063300C"/>
     <w:rsid w:val="00641C2C"/>
     <w:rsid w:val="00647738"/>
     <w:rsid w:val="006571F3"/>
     <w:rsid w:val="006637CB"/>
     <w:rsid w:val="00664489"/>
     <w:rsid w:val="006648D2"/>
     <w:rsid w:val="00681F44"/>
     <w:rsid w:val="006B1263"/>
     <w:rsid w:val="006B7F25"/>
     <w:rsid w:val="006C67BB"/>
     <w:rsid w:val="006E0455"/>
     <w:rsid w:val="006E0801"/>
     <w:rsid w:val="006E169D"/>
     <w:rsid w:val="006E30A3"/>
     <w:rsid w:val="006E3224"/>
+    <w:rsid w:val="006E6EF4"/>
     <w:rsid w:val="006F157F"/>
     <w:rsid w:val="006F1B86"/>
     <w:rsid w:val="006F46A0"/>
     <w:rsid w:val="00713097"/>
     <w:rsid w:val="00713176"/>
     <w:rsid w:val="00715DAB"/>
     <w:rsid w:val="00721F5A"/>
     <w:rsid w:val="0074103B"/>
     <w:rsid w:val="00746529"/>
     <w:rsid w:val="00746FA0"/>
     <w:rsid w:val="00752411"/>
     <w:rsid w:val="00754FA8"/>
     <w:rsid w:val="00756716"/>
     <w:rsid w:val="007618CA"/>
     <w:rsid w:val="00762670"/>
     <w:rsid w:val="007649A3"/>
     <w:rsid w:val="00790D55"/>
     <w:rsid w:val="007A6BBB"/>
     <w:rsid w:val="007B09B2"/>
+    <w:rsid w:val="007D4D7A"/>
     <w:rsid w:val="007F3286"/>
     <w:rsid w:val="007F4BFC"/>
     <w:rsid w:val="00802F8E"/>
     <w:rsid w:val="00805E6D"/>
     <w:rsid w:val="0083720A"/>
     <w:rsid w:val="00837E66"/>
     <w:rsid w:val="00872839"/>
+    <w:rsid w:val="00872B67"/>
     <w:rsid w:val="0087792B"/>
     <w:rsid w:val="008A1265"/>
     <w:rsid w:val="008B55BB"/>
     <w:rsid w:val="008D188B"/>
+    <w:rsid w:val="008E36CD"/>
     <w:rsid w:val="008E3810"/>
+    <w:rsid w:val="009004F9"/>
     <w:rsid w:val="00903507"/>
     <w:rsid w:val="00910207"/>
     <w:rsid w:val="00941A11"/>
     <w:rsid w:val="00944225"/>
+    <w:rsid w:val="0094692C"/>
     <w:rsid w:val="009558AE"/>
     <w:rsid w:val="009716DC"/>
     <w:rsid w:val="00980EBB"/>
     <w:rsid w:val="00983000"/>
     <w:rsid w:val="009A1481"/>
     <w:rsid w:val="009B7A88"/>
     <w:rsid w:val="009C3013"/>
     <w:rsid w:val="009D68CF"/>
     <w:rsid w:val="009D6CBE"/>
     <w:rsid w:val="009E5FF5"/>
     <w:rsid w:val="00A01ACF"/>
+    <w:rsid w:val="00A108DF"/>
     <w:rsid w:val="00A21A46"/>
+    <w:rsid w:val="00A23D9B"/>
+    <w:rsid w:val="00A26DA8"/>
     <w:rsid w:val="00A35DF1"/>
     <w:rsid w:val="00A42F0F"/>
     <w:rsid w:val="00A441B7"/>
     <w:rsid w:val="00A51BD5"/>
+    <w:rsid w:val="00A55FE8"/>
     <w:rsid w:val="00A7101D"/>
     <w:rsid w:val="00A73EAD"/>
+    <w:rsid w:val="00A914D8"/>
     <w:rsid w:val="00AB3F84"/>
     <w:rsid w:val="00AE5A1A"/>
     <w:rsid w:val="00B0603B"/>
     <w:rsid w:val="00B11311"/>
     <w:rsid w:val="00B221AA"/>
     <w:rsid w:val="00B2695E"/>
     <w:rsid w:val="00B30C84"/>
     <w:rsid w:val="00B33D5B"/>
+    <w:rsid w:val="00B56D43"/>
     <w:rsid w:val="00B61063"/>
     <w:rsid w:val="00B94924"/>
     <w:rsid w:val="00BC49D4"/>
     <w:rsid w:val="00BE51CA"/>
     <w:rsid w:val="00BE6801"/>
     <w:rsid w:val="00BE7133"/>
     <w:rsid w:val="00BF0E67"/>
     <w:rsid w:val="00C1463C"/>
     <w:rsid w:val="00C3414D"/>
     <w:rsid w:val="00C44004"/>
     <w:rsid w:val="00C451AD"/>
     <w:rsid w:val="00C517D2"/>
+    <w:rsid w:val="00C74DAD"/>
     <w:rsid w:val="00C76A70"/>
     <w:rsid w:val="00CC2C06"/>
     <w:rsid w:val="00CE36A9"/>
     <w:rsid w:val="00CF4437"/>
     <w:rsid w:val="00D0196C"/>
     <w:rsid w:val="00D23EB2"/>
     <w:rsid w:val="00D27851"/>
     <w:rsid w:val="00D3355D"/>
     <w:rsid w:val="00D376B4"/>
     <w:rsid w:val="00D479EC"/>
     <w:rsid w:val="00D656EC"/>
     <w:rsid w:val="00D76C38"/>
     <w:rsid w:val="00D96621"/>
     <w:rsid w:val="00DA490C"/>
     <w:rsid w:val="00DB401B"/>
     <w:rsid w:val="00DC4BC4"/>
     <w:rsid w:val="00DC6A6B"/>
     <w:rsid w:val="00DE0679"/>
     <w:rsid w:val="00DF7520"/>
     <w:rsid w:val="00E50086"/>
     <w:rsid w:val="00E50A8D"/>
     <w:rsid w:val="00E52FEF"/>
     <w:rsid w:val="00E5589F"/>
     <w:rsid w:val="00E97018"/>
+    <w:rsid w:val="00EA125E"/>
     <w:rsid w:val="00EF043B"/>
     <w:rsid w:val="00EF5BD9"/>
     <w:rsid w:val="00F00AB0"/>
     <w:rsid w:val="00F217D2"/>
     <w:rsid w:val="00F22878"/>
     <w:rsid w:val="00F24DFB"/>
     <w:rsid w:val="00F30F2A"/>
     <w:rsid w:val="00F37450"/>
     <w:rsid w:val="00F54717"/>
     <w:rsid w:val="00F57B54"/>
     <w:rsid w:val="00F64701"/>
     <w:rsid w:val="00F74ABE"/>
+    <w:rsid w:val="00F7626C"/>
     <w:rsid w:val="00F86CD9"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-ES"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
@@ -5160,179 +5521,211 @@
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="Textodelmarcadordeposicin">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00A42F0F"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
   <w:pixelsPerInch w:val="72"/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="activeX/activeX2.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="activeX/activeX1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.wmf"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="activeX/activeX4.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="activeX/activeX3.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\mcr43s\AppData\Local\Temp\7zOCD0B85BA\CS%20-%20SMS%20-%20DGRH.dotx" TargetMode="External"/></Relationships>
+</file>
+
+<file path=word/activeX/_rels/activeX1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2006/relationships/activeXControlBinary" Target="activeX1.bin"/></Relationships>
+</file>
+
+<file path=word/activeX/_rels/activeX2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2006/relationships/activeXControlBinary" Target="activeX2.bin"/></Relationships>
+</file>
+
+<file path=word/activeX/_rels/activeX3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2006/relationships/activeXControlBinary" Target="activeX3.bin"/></Relationships>
+</file>
+
+<file path=word/activeX/_rels/activeX4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2006/relationships/activeXControlBinary" Target="activeX4.bin"/></Relationships>
+</file>
+
+<file path=word/activeX/activeX1.xml><?xml version="1.0" encoding="utf-8"?>
+<ax:ocx xmlns:ax="http://schemas.microsoft.com/office/2006/activeX" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ax:classid="{8BD21D50-EC42-11CE-9E0D-00AA006002F3}" ax:persistence="persistStorage" r:id="rId1"/>
+</file>
+
+<file path=word/activeX/activeX2.xml><?xml version="1.0" encoding="utf-8"?>
+<ax:ocx xmlns:ax="http://schemas.microsoft.com/office/2006/activeX" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ax:classid="{8BD21D50-EC42-11CE-9E0D-00AA006002F3}" ax:persistence="persistStorage" r:id="rId1"/>
+</file>
+
+<file path=word/activeX/activeX3.xml><?xml version="1.0" encoding="utf-8"?>
+<ax:ocx xmlns:ax="http://schemas.microsoft.com/office/2006/activeX" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ax:classid="{8BD21D50-EC42-11CE-9E0D-00AA006002F3}" ax:persistence="persistStorage" r:id="rId1"/>
+</file>
+
+<file path=word/activeX/activeX4.xml><?xml version="1.0" encoding="utf-8"?>
+<ax:ocx xmlns:ax="http://schemas.microsoft.com/office/2006/activeX" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ax:classid="{8BD21D50-EC42-11CE-9E0D-00AA006002F3}" ax:persistence="persistStorage" r:id="rId1"/>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="2291FD745A75476C9F47447D076FCD40"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{79BC25F4-375D-4E2F-B181-9ADA96D3B736}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00815614" w:rsidRDefault="00603526" w:rsidP="00603526">
+        <w:p w:rsidR="00815614" w:rsidRDefault="00905CF5" w:rsidP="00905CF5">
           <w:pPr>
-            <w:pStyle w:val="2291FD745A75476C9F47447D076FCD401"/>
+            <w:pStyle w:val="2291FD745A75476C9F47447D076FCD40"/>
           </w:pPr>
           <w:r w:rsidRPr="007649A3">
             <w:rPr>
               <w:rFonts w:cstheme="minorHAnsi"/>
               <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
             </w:rPr>
             <w:t>8 cifras y letra, sin guion</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="3A028526183542E485BAA1F1EE23D380"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{91547C9E-7757-4044-860D-6BC3A012902B}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00815614" w:rsidRDefault="00603526" w:rsidP="00603526">
+        <w:p w:rsidR="00815614" w:rsidRDefault="00905CF5" w:rsidP="00905CF5">
           <w:pPr>
-            <w:pStyle w:val="3A028526183542E485BAA1F1EE23D3801"/>
+            <w:pStyle w:val="3A028526183542E485BAA1F1EE23D380"/>
           </w:pPr>
           <w:r w:rsidRPr="007649A3">
             <w:rPr>
               <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
             </w:rPr>
             <w:t>Primer apellido</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="2A60E7B173AE452F93BC9296C9B7C551"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{DC4CF3A7-8BA1-4080-8466-AC738806A973}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00815614" w:rsidRDefault="00603526" w:rsidP="00603526">
+        <w:p w:rsidR="00815614" w:rsidRDefault="00905CF5" w:rsidP="00905CF5">
           <w:pPr>
-            <w:pStyle w:val="2A60E7B173AE452F93BC9296C9B7C5511"/>
+            <w:pStyle w:val="2A60E7B173AE452F93BC9296C9B7C551"/>
           </w:pPr>
           <w:r w:rsidRPr="007649A3">
             <w:rPr>
               <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
             </w:rPr>
             <w:t>Segundo apellido</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="B5330427FD99495A9D81A6690C1F4F04"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{5AF7F8D5-A40C-4B29-AD4B-A128EACD0130}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00815614" w:rsidRDefault="00603526" w:rsidP="00603526">
+        <w:p w:rsidR="00815614" w:rsidRDefault="00905CF5" w:rsidP="00905CF5">
           <w:pPr>
-            <w:pStyle w:val="B5330427FD99495A9D81A6690C1F4F041"/>
+            <w:pStyle w:val="B5330427FD99495A9D81A6690C1F4F04"/>
           </w:pPr>
           <w:r w:rsidRPr="007649A3">
             <w:rPr>
               <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
             </w:rPr>
             <w:t>Nombre</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="66E5A95FABB148FD8A9010F7AF3A8ED6"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{D2C874F2-8C51-49AE-99D9-C9591808BDEC}"/>
       </w:docPartPr>
@@ -5352,53 +5745,53 @@
           <w:r>
             <w:rPr>
               <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
             </w:rPr>
             <w:t>1</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="075EAA2792BE4E9786C1195BD696B178"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{1038B87E-EADF-4E66-8C1F-886331786B7A}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00815614" w:rsidRDefault="00603526" w:rsidP="00603526">
+        <w:p w:rsidR="00815614" w:rsidRDefault="00905CF5" w:rsidP="00905CF5">
           <w:pPr>
-            <w:pStyle w:val="075EAA2792BE4E9786C1195BD696B1781"/>
+            <w:pStyle w:val="075EAA2792BE4E9786C1195BD696B178"/>
           </w:pPr>
           <w:r w:rsidRPr="002264E1">
             <w:rPr>
               <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
             </w:rPr>
             <w:t xml:space="preserve">Teléfono </w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
             </w:rPr>
             <w:t>1</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="D2B364345C1C43A28409662663DC5177"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
@@ -5424,430 +5817,409 @@
           <w:r>
             <w:rPr>
               <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
             </w:rPr>
             <w:t>1</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="CD3CDB7ECB5A4A7E8CDCDE6071FBCBDA"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{E80B4822-E9C0-4712-BF51-7354CCFD6B29}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00815614" w:rsidRDefault="00603526" w:rsidP="00603526">
+        <w:p w:rsidR="00815614" w:rsidRDefault="00905CF5" w:rsidP="00905CF5">
           <w:pPr>
-            <w:pStyle w:val="CD3CDB7ECB5A4A7E8CDCDE6071FBCBDA1"/>
+            <w:pStyle w:val="CD3CDB7ECB5A4A7E8CDCDE6071FBCBDA"/>
           </w:pPr>
           <w:r w:rsidRPr="002264E1">
             <w:rPr>
               <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
             </w:rPr>
             <w:t xml:space="preserve">Teléfono </w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
             </w:rPr>
             <w:t>2</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="D0DC6D5759F9470EBFE41204F2B72A2C"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{75F25077-0861-451C-8F6A-BBA132EAA232}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00815614" w:rsidRDefault="00603526" w:rsidP="00603526">
+        <w:p w:rsidR="00815614" w:rsidRDefault="00905CF5" w:rsidP="00905CF5">
           <w:pPr>
-            <w:pStyle w:val="D0DC6D5759F9470EBFE41204F2B72A2C1"/>
+            <w:pStyle w:val="D0DC6D5759F9470EBFE41204F2B72A2C"/>
           </w:pPr>
           <w:r w:rsidRPr="007649A3">
             <w:rPr>
               <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
             </w:rPr>
             <w:t>Correo electrónico</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="3F9B98E780D3487AB5DF8457B3C2E459"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{FA0440D9-2B7F-4F13-8B27-440A24FB9D60}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00815614" w:rsidRDefault="00603526" w:rsidP="00603526">
+        <w:p w:rsidR="00815614" w:rsidRDefault="00905CF5" w:rsidP="00905CF5">
           <w:pPr>
-            <w:pStyle w:val="3F9B98E780D3487AB5DF8457B3C2E4591"/>
+            <w:pStyle w:val="3F9B98E780D3487AB5DF8457B3C2E459"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
             </w:rPr>
             <w:t>Indique su c</w:t>
           </w:r>
           <w:r w:rsidRPr="00A51BD5">
             <w:rPr>
               <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
             </w:rPr>
             <w:t>ategoría profesional</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="5C00555EB7794A828BA4EBC2FADA8D04"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{E46C0B33-5C65-40D3-A39E-09A2DCC3A4DC}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00815614" w:rsidRDefault="00603526" w:rsidP="00603526">
+        <w:p w:rsidR="00815614" w:rsidRDefault="00905CF5" w:rsidP="00905CF5">
           <w:pPr>
-            <w:pStyle w:val="5C00555EB7794A828BA4EBC2FADA8D041"/>
+            <w:pStyle w:val="5C00555EB7794A828BA4EBC2FADA8D04"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
             </w:rPr>
             <w:t>Indique el centro donde trabaja actualmente</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="F7035E0946BE4696AE5E78B26B675D55"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{B6E44E3F-FCBB-4BBB-A1FC-19B371C742AC}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00815614" w:rsidRDefault="00603526" w:rsidP="00603526">
+        <w:p w:rsidR="00815614" w:rsidRDefault="00905CF5" w:rsidP="00905CF5">
           <w:pPr>
-            <w:pStyle w:val="F7035E0946BE4696AE5E78B26B675D551"/>
+            <w:pStyle w:val="F7035E0946BE4696AE5E78B26B675D55"/>
           </w:pPr>
           <w:r w:rsidRPr="00A51BD5">
             <w:rPr>
               <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
             </w:rPr>
             <w:t>Puesto de trabajo</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="F5D1F3DE38C34BA1ACEC4D6E0324E32D"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{FFA2243F-6B15-4674-AC9B-AA33F646E6D8}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00815614" w:rsidRDefault="00603526" w:rsidP="00603526">
+        <w:p w:rsidR="00815614" w:rsidRDefault="00905CF5" w:rsidP="00905CF5">
           <w:pPr>
-            <w:pStyle w:val="F5D1F3DE38C34BA1ACEC4D6E0324E32D1"/>
+            <w:pStyle w:val="F5D1F3DE38C34BA1ACEC4D6E0324E32D"/>
           </w:pPr>
           <w:r w:rsidRPr="00540EE8">
             <w:rPr>
               <w:rStyle w:val="Textodelmarcadordeposicin"/>
               <w:rFonts w:cstheme="minorHAnsi"/>
             </w:rPr>
             <w:t>Haga clic o pulse aquí para escribir texto</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="861F4F38869F4589BC930AFBAA1ED6E3"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{1F1A942F-52AA-42E1-AE35-5CE417D942E3}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00815614" w:rsidRDefault="00603526" w:rsidP="00603526">
+        <w:p w:rsidR="00815614" w:rsidRDefault="00905CF5" w:rsidP="00905CF5">
           <w:pPr>
-            <w:pStyle w:val="861F4F38869F4589BC930AFBAA1ED6E31"/>
+            <w:pStyle w:val="861F4F38869F4589BC930AFBAA1ED6E3"/>
           </w:pPr>
           <w:r w:rsidRPr="00540EE8">
             <w:rPr>
               <w:rStyle w:val="Textodelmarcadordeposicin"/>
               <w:rFonts w:cstheme="minorHAnsi"/>
             </w:rPr>
             <w:t>Haga clic o pulse aquí para escribir texto</w:t>
-          </w:r>
-[...27 lines deleted...]
-            <w:t>Elija un elemento.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="13DCE763E79D42538C80E8FDE6D281B2"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{88694134-F2AF-4547-9BC3-E29AFACE8D7F}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00BE1ED6" w:rsidRDefault="00BE1ED6" w:rsidP="00BE1ED6">
+        <w:p w:rsidR="00BE1ED6" w:rsidRDefault="00905CF5" w:rsidP="00905CF5">
           <w:pPr>
-            <w:pStyle w:val="13DCE763E79D42538C80E8FDE6D281B2"/>
+            <w:pStyle w:val="13DCE763E79D42538C80E8FDE6D281B21"/>
           </w:pPr>
-          <w:r w:rsidRPr="00540EE8">
+          <w:r w:rsidRPr="00F2591E">
             <w:rPr>
               <w:rStyle w:val="Textodelmarcadordeposicin"/>
               <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:i/>
+              <w:iCs/>
             </w:rPr>
             <w:t>Haga clic o pulse aquí para escribir texto</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
+    <w:altName w:val="Calibri"/>
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
-  </w:font>
-[...4 lines deleted...]
-    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Book Antiqua">
     <w:panose1 w:val="02040602050305030304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F90F7A"/>
     <w:rsid w:val="00086778"/>
     <w:rsid w:val="000D342F"/>
     <w:rsid w:val="0029081D"/>
+    <w:rsid w:val="002A463F"/>
+    <w:rsid w:val="003305A8"/>
+    <w:rsid w:val="004A7596"/>
     <w:rsid w:val="005829C5"/>
     <w:rsid w:val="00603526"/>
     <w:rsid w:val="006F46A0"/>
     <w:rsid w:val="00790D55"/>
     <w:rsid w:val="00815614"/>
     <w:rsid w:val="00872839"/>
     <w:rsid w:val="008D188B"/>
+    <w:rsid w:val="00905CF5"/>
     <w:rsid w:val="009558AE"/>
+    <w:rsid w:val="00A55FE8"/>
     <w:rsid w:val="00B0603B"/>
     <w:rsid w:val="00B92B0E"/>
     <w:rsid w:val="00BE1ED6"/>
     <w:rsid w:val="00BE6801"/>
     <w:rsid w:val="00C1463C"/>
     <w:rsid w:val="00DA490C"/>
     <w:rsid w:val="00DC7501"/>
     <w:rsid w:val="00E96C85"/>
     <w:rsid w:val="00F02645"/>
     <w:rsid w:val="00F90F7A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-ES"/>
@@ -6269,261 +6641,257 @@
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Sinlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="Textodelmarcadordeposicin">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00BE1ED6"/>
+    <w:rsid w:val="00905CF5"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="66E5A95FABB148FD8A9010F7AF3A8ED6">
     <w:name w:val="66E5A95FABB148FD8A9010F7AF3A8ED6"/>
     <w:rsid w:val="00F90F7A"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="D2B364345C1C43A28409662663DC5177">
     <w:name w:val="D2B364345C1C43A28409662663DC5177"/>
     <w:rsid w:val="00F90F7A"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2291FD745A75476C9F47447D076FCD401">
-[...1 lines deleted...]
-    <w:rsid w:val="00603526"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2291FD745A75476C9F47447D076FCD40">
+    <w:name w:val="2291FD745A75476C9F47447D076FCD40"/>
+    <w:rsid w:val="00905CF5"/>
     <w:pPr>
       <w:spacing w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:kern w:val="0"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="3A028526183542E485BAA1F1EE23D3801">
-[...1 lines deleted...]
-    <w:rsid w:val="00603526"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="3A028526183542E485BAA1F1EE23D380">
+    <w:name w:val="3A028526183542E485BAA1F1EE23D380"/>
+    <w:rsid w:val="00905CF5"/>
     <w:pPr>
       <w:spacing w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:kern w:val="0"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2A60E7B173AE452F93BC9296C9B7C5511">
-[...1 lines deleted...]
-    <w:rsid w:val="00603526"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2A60E7B173AE452F93BC9296C9B7C551">
+    <w:name w:val="2A60E7B173AE452F93BC9296C9B7C551"/>
+    <w:rsid w:val="00905CF5"/>
     <w:pPr>
       <w:spacing w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:kern w:val="0"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="B5330427FD99495A9D81A6690C1F4F041">
-[...1 lines deleted...]
-    <w:rsid w:val="00603526"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="B5330427FD99495A9D81A6690C1F4F04">
+    <w:name w:val="B5330427FD99495A9D81A6690C1F4F04"/>
+    <w:rsid w:val="00905CF5"/>
     <w:pPr>
       <w:spacing w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:kern w:val="0"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="075EAA2792BE4E9786C1195BD696B1781">
-[...1 lines deleted...]
-    <w:rsid w:val="00603526"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="075EAA2792BE4E9786C1195BD696B178">
+    <w:name w:val="075EAA2792BE4E9786C1195BD696B178"/>
+    <w:rsid w:val="00905CF5"/>
     <w:pPr>
       <w:spacing w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:kern w:val="0"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="CD3CDB7ECB5A4A7E8CDCDE6071FBCBDA1">
-[...1 lines deleted...]
-    <w:rsid w:val="00603526"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="CD3CDB7ECB5A4A7E8CDCDE6071FBCBDA">
+    <w:name w:val="CD3CDB7ECB5A4A7E8CDCDE6071FBCBDA"/>
+    <w:rsid w:val="00905CF5"/>
     <w:pPr>
       <w:spacing w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:kern w:val="0"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="D0DC6D5759F9470EBFE41204F2B72A2C1">
-[...1 lines deleted...]
-    <w:rsid w:val="00603526"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="D0DC6D5759F9470EBFE41204F2B72A2C">
+    <w:name w:val="D0DC6D5759F9470EBFE41204F2B72A2C"/>
+    <w:rsid w:val="00905CF5"/>
     <w:pPr>
       <w:spacing w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:kern w:val="0"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="3F9B98E780D3487AB5DF8457B3C2E4591">
-[...1 lines deleted...]
-    <w:rsid w:val="00603526"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="3F9B98E780D3487AB5DF8457B3C2E459">
+    <w:name w:val="3F9B98E780D3487AB5DF8457B3C2E459"/>
+    <w:rsid w:val="00905CF5"/>
     <w:pPr>
       <w:spacing w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:kern w:val="0"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="5C00555EB7794A828BA4EBC2FADA8D041">
-[...1 lines deleted...]
-    <w:rsid w:val="00603526"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="5C00555EB7794A828BA4EBC2FADA8D04">
+    <w:name w:val="5C00555EB7794A828BA4EBC2FADA8D04"/>
+    <w:rsid w:val="00905CF5"/>
     <w:pPr>
       <w:spacing w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:kern w:val="0"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="F7035E0946BE4696AE5E78B26B675D551">
-[...1 lines deleted...]
-    <w:rsid w:val="00603526"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="F7035E0946BE4696AE5E78B26B675D55">
+    <w:name w:val="F7035E0946BE4696AE5E78B26B675D55"/>
+    <w:rsid w:val="00905CF5"/>
     <w:pPr>
       <w:spacing w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:kern w:val="0"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FE8770FA69B44AC493EFAAB72EA6F50E1">
-[...1 lines deleted...]
-    <w:rsid w:val="00603526"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="F5D1F3DE38C34BA1ACEC4D6E0324E32D">
+    <w:name w:val="F5D1F3DE38C34BA1ACEC4D6E0324E32D"/>
+    <w:rsid w:val="00905CF5"/>
     <w:pPr>
       <w:spacing w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:kern w:val="0"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="F5D1F3DE38C34BA1ACEC4D6E0324E32D1">
-[...1 lines deleted...]
-    <w:rsid w:val="00603526"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="861F4F38869F4589BC930AFBAA1ED6E3">
+    <w:name w:val="861F4F38869F4589BC930AFBAA1ED6E3"/>
+    <w:rsid w:val="00905CF5"/>
     <w:pPr>
       <w:spacing w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:kern w:val="0"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="861F4F38869F4589BC930AFBAA1ED6E31">
-[...1 lines deleted...]
-    <w:rsid w:val="00603526"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="13DCE763E79D42538C80E8FDE6D281B21">
+    <w:name w:val="13DCE763E79D42538C80E8FDE6D281B21"/>
+    <w:rsid w:val="00905CF5"/>
     <w:pPr>
       <w:spacing w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:kern w:val="0"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
-  </w:style>
-[...2 lines deleted...]
-    <w:rsid w:val="00BE1ED6"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
@@ -6769,65 +7137,59 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...6 lines deleted...]
-</p:properties>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
-[...2 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Documento" ma:contentTypeID="0x010100B06617267F2F024888E4758096EA68D3" ma:contentTypeVersion="17" ma:contentTypeDescription="Crear nuevo documento." ma:contentTypeScope="" ma:versionID="43b969b2240948f64292864e39434780">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="bab14156-fcf3-44e2-9c4b-c33f1f92d414" xmlns:ns3="1c9c8636-0486-4c9b-b75c-7b805ddaaf65" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="609917e18f01ec88dda26f4a786e8af5" ns2:_="" ns3:_="">
     <xsd:import namespace="bab14156-fcf3-44e2-9c4b-c33f1f92d414"/>
     <xsd:import namespace="1c9c8636-0486-4c9b-b75c-7b805ddaaf65"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
@@ -7026,132 +7388,138 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="1c9c8636-0486-4c9b-b75c-7b805ddaaf65" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="bab14156-fcf3-44e2-9c4b-c33f1f92d414">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{51BE3F23-488B-4432-ADBD-BDD0BBEB5B30}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BC42931C-DC01-4A13-BDE6-A8CD7573B9CF}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-[...2 lines deleted...]
-    <ds:schemaRef ds:uri="bab14156-fcf3-44e2-9c4b-c33f1f92d414"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EA752D03-4378-4B63-AFCF-37CFDF7AA555}">
-[...6 lines deleted...]
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B9073A04-30A3-4CB4-89B4-BF2A07DB4BF7}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="bab14156-fcf3-44e2-9c4b-c33f1f92d414"/>
     <ds:schemaRef ds:uri="1c9c8636-0486-4c9b-b75c-7b805ddaaf65"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EA752D03-4378-4B63-AFCF-37CFDF7AA555}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BC42931C-DC01-4A13-BDE6-A8CD7573B9CF}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{51BE3F23-488B-4432-ADBD-BDD0BBEB5B30}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="1c9c8636-0486-4c9b-b75c-7b805ddaaf65"/>
+    <ds:schemaRef ds:uri="bab14156-fcf3-44e2-9c4b-c33f1f92d414"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>CS - SMS - DGRH.dotx</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>361</Words>
-  <Characters>1986</Characters>
+  <Words>407</Words>
+  <Characters>2239</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>16</Lines>
-  <Paragraphs>4</Paragraphs>
+  <Lines>18</Lines>
+  <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2343</CharactersWithSpaces>
+  <CharactersWithSpaces>2641</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100B06617267F2F024888E4758096EA68D3</vt:lpwstr>
   </property>
 </Properties>
 </file>