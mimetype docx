--- v0 (2025-12-05)
+++ v1 (2026-02-18)
@@ -1,42 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="bin" ContentType="application/vnd.ms-office.activeX"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/activeX/activeX1.xml" ContentType="application/vnd.ms-office.activeX+xml"/>
+  <Override PartName="/word/activeX/activeX2.xml" ContentType="application/vnd.ms-office.activeX+xml"/>
+  <Override PartName="/word/activeX/activeX3.xml" ContentType="application/vnd.ms-office.activeX+xml"/>
+  <Override PartName="/word/activeX/activeX4.xml" ContentType="application/vnd.ms-office.activeX+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
@@ -45,89 +51,90 @@
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1279"/>
         <w:gridCol w:w="509"/>
         <w:gridCol w:w="272"/>
         <w:gridCol w:w="410"/>
         <w:gridCol w:w="1240"/>
         <w:gridCol w:w="2067"/>
         <w:gridCol w:w="2727"/>
       </w:tblGrid>
       <w:tr w:rsidR="001E1DA8" w:rsidRPr="00310549" w14:paraId="58286D0A" w14:textId="77777777" w:rsidTr="00501E90">
         <w:trPr>
           <w:trHeight w:val="432"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5E998E3E" w14:textId="77777777" w:rsidR="0058027D" w:rsidRDefault="00837E66" w:rsidP="006E169D">
+          <w:p w14:paraId="5E41E45B" w14:textId="77777777" w:rsidR="006E169D" w:rsidRDefault="00837E66" w:rsidP="00D12427">
             <w:pPr>
               <w:spacing w:before="40" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:caps/>
                 <w:spacing w:val="10"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00310549">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:caps/>
                 <w:spacing w:val="10"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>SOLICITUD</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5D7E7A58" w14:textId="638740BE" w:rsidR="006E169D" w:rsidRPr="00310549" w:rsidRDefault="006E169D" w:rsidP="00831BB1">
+          <w:p w14:paraId="5D7E7A58" w14:textId="2A34F87B" w:rsidR="00D12427" w:rsidRPr="00D12427" w:rsidRDefault="00D12427" w:rsidP="00D12427">
             <w:pPr>
               <w:spacing w:before="40" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:caps/>
                 <w:spacing w:val="10"/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001E1DA8" w:rsidRPr="00F22878" w14:paraId="77009840" w14:textId="77777777" w:rsidTr="00501E90">
         <w:trPr>
           <w:trHeight w:val="288"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2111D08E" w14:textId="77777777" w:rsidR="001F14D0" w:rsidRDefault="001F14D0" w:rsidP="00B94924">
@@ -231,62 +238,62 @@
                 <w:szCs w:val="24"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve"> plus</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001E1DA8" w:rsidRPr="003B1712" w14:paraId="14190AB7" w14:textId="77777777" w:rsidTr="00E97018">
         <w:trPr>
           <w:trHeight w:val="432"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="4D1EA2A5" w14:textId="77777777" w:rsidR="001E1DA8" w:rsidRPr="003B1712" w:rsidRDefault="001E1DA8" w:rsidP="003B1712">
+          <w:p w14:paraId="4D1EA2A5" w14:textId="77777777" w:rsidR="001E1DA8" w:rsidRPr="00D666C5" w:rsidRDefault="001E1DA8" w:rsidP="003B1712">
             <w:pPr>
               <w:spacing w:before="40" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:caps/>
                 <w:spacing w:val="10"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:tbl>
             <w:tblPr>
               <w:tblW w:w="5000" w:type="pct"/>
               <w:jc w:val="center"/>
               <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="8278"/>
             </w:tblGrid>
             <w:tr w:rsidR="009D68CF" w:rsidRPr="003B1712" w14:paraId="54195755" w14:textId="77777777" w:rsidTr="006E0801">
               <w:trPr>
                 <w:trHeight w:val="288"/>
                 <w:jc w:val="center"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="5000" w:type="pct"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -314,78 +321,77 @@
                     <w:t>Para solicitar la reacreditación, es imprescindible contar con una acreditación vigente como Instructor/a de Perséfone Plus.</w:t>
                   </w:r>
                 </w:p>
                 <w:p w14:paraId="667C92D1" w14:textId="4B026D52" w:rsidR="009D68CF" w:rsidRPr="00221BCE" w:rsidRDefault="00221BCE" w:rsidP="00221BCE">
                   <w:pPr>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00221BCE">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                       <w:sz w:val="20"/>
                       <w:szCs w:val="20"/>
                     </w:rPr>
                     <w:t>No será necesario presentar esta solicitud si se cumplen los requisitos para la reacreditación de oficio conforme a lo establecido en el apartado 3 del Anexo II.2 del Programa Perséfone Plus.</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
-          <w:p w14:paraId="292105E1" w14:textId="77777777" w:rsidR="009D68CF" w:rsidRDefault="009D68CF" w:rsidP="003B1712">
+          <w:p w14:paraId="292105E1" w14:textId="77777777" w:rsidR="009D68CF" w:rsidRPr="00D666C5" w:rsidRDefault="009D68CF" w:rsidP="003B1712">
             <w:pPr>
               <w:spacing w:before="40" w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:caps/>
                 <w:spacing w:val="10"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="4"/>
+                <w:szCs w:val="4"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="6CDDCD47" w14:textId="77777777" w:rsidR="006E0801" w:rsidRPr="003B1712" w:rsidRDefault="006E0801" w:rsidP="003B1712">
+          <w:p w14:paraId="6CDDCD47" w14:textId="77777777" w:rsidR="006E0801" w:rsidRPr="00D666C5" w:rsidRDefault="006E0801" w:rsidP="004A2B63">
             <w:pPr>
               <w:spacing w:before="40" w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="center"/>
               <w:outlineLvl w:val="2"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:caps/>
                 <w:spacing w:val="10"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="14"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0061293B" w:rsidRPr="00F22878" w14:paraId="2A1B86A4" w14:textId="77777777" w:rsidTr="00E97018">
         <w:trPr>
           <w:trHeight w:val="288"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="7"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1FBCD3F1" w14:textId="77777777" w:rsidR="0061293B" w:rsidRPr="00F22878" w:rsidRDefault="0061293B" w:rsidP="00B96F9B">
@@ -1245,141 +1251,100 @@
               <w:text/>
             </w:sdtPr>
             <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="6911EADB" w14:textId="18924DBD" w:rsidR="000A4960" w:rsidRPr="00F22878" w:rsidRDefault="00A51BD5" w:rsidP="006E30A3">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
                     <w:spacing w:val="10"/>
                     <w:lang w:val="es-ES_tradnl" w:bidi="en-US"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00A51BD5">
                   <w:rPr>
                     <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                   </w:rPr>
                   <w:t>Puesto de trabajo</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="132F797A" w14:textId="77777777" w:rsidR="00B33D5B" w:rsidRDefault="00B33D5B" w:rsidP="001E1DA8">
-[...25 lines deleted...]
-    <w:p w14:paraId="2948206A" w14:textId="77777777" w:rsidR="0095726D" w:rsidRDefault="0095726D" w:rsidP="001E1DA8">
+    <w:p w14:paraId="1F247E2B" w14:textId="77777777" w:rsidR="00D12427" w:rsidRDefault="00D12427" w:rsidP="00EB4EAF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1F53F7D7" w14:textId="3EA70A6F" w:rsidR="001E1DA8" w:rsidRDefault="001E1DA8" w:rsidP="001E1DA8">
+    <w:p w14:paraId="04A19F17" w14:textId="0E4F9C1B" w:rsidR="001E1DA8" w:rsidRDefault="001E1DA8" w:rsidP="00EB4EAF">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A07292">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>SOLICITA:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43E18B3A" w14:textId="77777777" w:rsidR="0095726D" w:rsidRPr="00A07292" w:rsidRDefault="0095726D" w:rsidP="001E1DA8">
+    <w:p w14:paraId="3268EAA3" w14:textId="77777777" w:rsidR="00D12427" w:rsidRDefault="00D12427" w:rsidP="001E1DA8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7357C79F" w14:textId="77777777" w:rsidR="00B33D5B" w:rsidRPr="00F22878" w:rsidRDefault="00B33D5B" w:rsidP="00B33D5B">
-[...14 lines deleted...]
-    <w:p w14:paraId="09921AC6" w14:textId="21D3F1E6" w:rsidR="00837E66" w:rsidRPr="00B138F6" w:rsidRDefault="00B33D5B" w:rsidP="00B33D5B">
+    <w:p w14:paraId="17272AEE" w14:textId="101FB323" w:rsidR="002C78BA" w:rsidRPr="00B138F6" w:rsidRDefault="00B33D5B" w:rsidP="00B33D5B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B138F6">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">I. </w:t>
       </w:r>
       <w:r w:rsidR="00BE37E5" w:rsidRPr="00B138F6">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>RE</w:t>
       </w:r>
@@ -1426,130 +1391,404 @@
       <w:r w:rsidR="00420E45" w:rsidRPr="00B138F6">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> el tipo de </w:t>
       </w:r>
       <w:r w:rsidR="0080337F" w:rsidRPr="00B138F6">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>re</w:t>
       </w:r>
       <w:r w:rsidR="00420E45" w:rsidRPr="00B138F6">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>acreditación que solicita)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6F08E244" w14:textId="77777777" w:rsidR="00E62BAE" w:rsidRPr="00B138F6" w:rsidRDefault="00E62BAE" w:rsidP="00B33D5B">
+    <w:p w14:paraId="5EE9D92B" w14:textId="77777777" w:rsidR="00D12427" w:rsidRDefault="00D12427" w:rsidP="002C78BA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Tablaconcuadrcula1"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="562"/>
+        <w:gridCol w:w="7925"/>
+        <w:gridCol w:w="7"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="002C78BA" w14:paraId="603096D0" w14:textId="77777777" w:rsidTr="00657CEA">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="7" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7FC291C3" w14:textId="0B7C1F3A" w:rsidR="002C78BA" w:rsidRDefault="002C78BA" w:rsidP="002C78BA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="es-ES_tradnl" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:object w:dxaOrig="1440" w:dyaOrig="1440" w14:anchorId="7A149EBD">
+                <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
+                  <v:stroke joinstyle="miter"/>
+                  <v:formulas>
+                    <v:f eqn="if lineDrawn pixelLineWidth 0"/>
+                    <v:f eqn="sum @0 1 0"/>
+                    <v:f eqn="sum 0 0 @1"/>
+                    <v:f eqn="prod @2 1 2"/>
+                    <v:f eqn="prod @3 21600 pixelWidth"/>
+                    <v:f eqn="prod @3 21600 pixelHeight"/>
+                    <v:f eqn="sum @0 0 1"/>
+                    <v:f eqn="prod @6 1 2"/>
+                    <v:f eqn="prod @7 21600 pixelWidth"/>
+                    <v:f eqn="sum @8 21600 0"/>
+                    <v:f eqn="prod @7 21600 pixelHeight"/>
+                    <v:f eqn="sum @10 21600 0"/>
+                  </v:formulas>
+                  <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
+                  <o:lock v:ext="edit" aspectratio="t"/>
+                </v:shapetype>
+                <v:shape id="_x0000_i1033" type="#_x0000_t75" style="width:13.65pt;height:19.1pt" o:ole="">
+                  <v:imagedata r:id="rId11" o:title=""/>
+                </v:shape>
+                <w:control r:id="rId12" w:name="OptionButton1" w:shapeid="_x0000_i1033"/>
+              </w:object>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7925" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="665EDC26" w14:textId="77777777" w:rsidR="002C78BA" w:rsidRDefault="002C78BA" w:rsidP="002C78BA">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>Soporte Vital Básico Adultos-Perséfone Plus</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002C78BA" w14:paraId="4999CE2C" w14:textId="77777777" w:rsidTr="00657CEA">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="431690D0" w14:textId="443C1660" w:rsidR="002C78BA" w:rsidRDefault="002C78BA" w:rsidP="002C78BA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="es-ES_tradnl" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:object w:dxaOrig="1440" w:dyaOrig="1440" w14:anchorId="6CA8D655">
+                <v:shape id="_x0000_i1048" type="#_x0000_t75" style="width:13.65pt;height:19.1pt" o:ole="">
+                  <v:imagedata r:id="rId11" o:title=""/>
+                </v:shape>
+                <w:control r:id="rId13" w:name="OptionButton11" w:shapeid="_x0000_i1048"/>
+              </w:object>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7932" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="53BE60F1" w14:textId="77777777" w:rsidR="002C78BA" w:rsidRDefault="002C78BA" w:rsidP="002C78BA">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>Soporte Vital Avanzado Adultos-Perséfone Plus</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002C78BA" w14:paraId="1836079E" w14:textId="77777777" w:rsidTr="00657CEA">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C8758E9" w14:textId="5594CE43" w:rsidR="002C78BA" w:rsidRDefault="002C78BA" w:rsidP="002C78BA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="es-ES_tradnl" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:object w:dxaOrig="1440" w:dyaOrig="1440" w14:anchorId="6462293D">
+                <v:shape id="_x0000_i1037" type="#_x0000_t75" style="width:13.65pt;height:19.1pt" o:ole="">
+                  <v:imagedata r:id="rId11" o:title=""/>
+                </v:shape>
+                <w:control r:id="rId14" w:name="OptionButton12" w:shapeid="_x0000_i1037"/>
+              </w:object>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7932" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5F6A9DD6" w14:textId="77777777" w:rsidR="002C78BA" w:rsidRDefault="002C78BA" w:rsidP="002C78BA">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>Soporte Vital Avanzado Pediátrico-Perséfone Plus</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002C78BA" w14:paraId="4ED5FE16" w14:textId="77777777" w:rsidTr="00657CEA">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6BCEE8F3" w14:textId="5E5DC04B" w:rsidR="002C78BA" w:rsidRDefault="002C78BA" w:rsidP="002C78BA">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="es-ES_tradnl" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:object w:dxaOrig="1440" w:dyaOrig="1440" w14:anchorId="19EC0D15">
+                <v:shape id="_x0000_i1039" type="#_x0000_t75" style="width:13.65pt;height:19.1pt" o:ole="">
+                  <v:imagedata r:id="rId11" o:title=""/>
+                </v:shape>
+                <w:control r:id="rId15" w:name="OptionButton13" w:shapeid="_x0000_i1039"/>
+              </w:object>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7932" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7BCBA716" w14:textId="77777777" w:rsidR="002C78BA" w:rsidRDefault="002C78BA" w:rsidP="002C78BA">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="es-ES_tradnl"/>
+              </w:rPr>
+              <w:t>Soporte Vital Neonatal-Perséfone Plus</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="278247BD" w14:textId="77777777" w:rsidR="007D7B30" w:rsidRDefault="007D7B30" w:rsidP="00B33D5B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
-      </w:pPr>
-[...61 lines deleted...]
-          <w:footerReference w:type="default" r:id="rId12"/>
+        <w:sectPr w:rsidR="007D7B30" w:rsidSect="008D55EF">
+          <w:headerReference w:type="default" r:id="rId16"/>
+          <w:footerReference w:type="default" r:id="rId17"/>
           <w:pgSz w:w="11906" w:h="16838"/>
-          <w:pgMar w:top="2608" w:right="1701" w:bottom="1418" w:left="1701" w:header="709" w:footer="709" w:gutter="0"/>
+          <w:pgMar w:top="1702" w:right="1701" w:bottom="1418" w:left="1701" w:header="0" w:footer="240" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2E4836EF" w14:textId="7CE508DD" w:rsidR="001E1DA8" w:rsidRPr="00A07292" w:rsidRDefault="00B33D5B" w:rsidP="00B33D5B">
+    <w:p w14:paraId="2E4836EF" w14:textId="18449461" w:rsidR="001E1DA8" w:rsidRPr="00A07292" w:rsidRDefault="00B33D5B" w:rsidP="00B33D5B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A07292">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">II. </w:t>
       </w:r>
       <w:r w:rsidR="00AB3F84" w:rsidRPr="00A07292">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">DOCUMENTACIÓN QUE APORTA </w:t>
@@ -1723,51 +1962,51 @@
                   <w:rPr>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                     <w:b/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                     <w:lang w:val="es-ES_tradnl"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                     <w:b/>
                     <w:lang w:val="es-ES_tradnl"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8186" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="19A370A2" w14:textId="3F55003B" w:rsidR="00837E66" w:rsidRPr="00F22878" w:rsidRDefault="00910207" w:rsidP="006571F3">
+          <w:p w14:paraId="2E24AC6D" w14:textId="00F1FC03" w:rsidR="00910207" w:rsidRPr="00F22878" w:rsidRDefault="00910207" w:rsidP="00910207">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F22878">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve">Documentación que acredita la docencia en 2 o más actividades formativas de Soporte Vital de las citadas sociedades/entidades </w:t>
             </w:r>
             <w:r w:rsidR="00837E66" w:rsidRPr="00F22878">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
@@ -1809,61 +2048,50 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve"> es an</w:t>
             </w:r>
             <w:r w:rsidR="00B33D5B" w:rsidRPr="00F22878">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>terior a los últimos cinco años</w:t>
             </w:r>
             <w:r w:rsidR="00B33D5B" w:rsidRPr="00F22878">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
-          </w:p>
-[...9 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F54717" w:rsidRPr="00F22878" w14:paraId="4738FC25" w14:textId="77777777" w:rsidTr="00DE0679">
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:cstheme="minorHAnsi"/>
               <w:b/>
               <w:lang w:val="es-ES_tradnl"/>
             </w:rPr>
             <w:id w:val="1224565987"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="534" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="6ABDE1C3" w14:textId="5CF0BC1F" w:rsidR="00F54717" w:rsidRPr="00F22878" w:rsidRDefault="00DE0679" w:rsidP="00DE0679">
@@ -1930,104 +2158,94 @@
             </w:sdtPr>
             <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w14:paraId="1AE2B79C" w14:textId="5073861D" w:rsidR="00F54717" w:rsidRPr="00F22878" w:rsidRDefault="00540EE8" w:rsidP="00B96F9B">
                 <w:pPr>
                   <w:jc w:val="both"/>
                   <w:rPr>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                     <w:lang w:val="es-ES_tradnl"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00540EE8">
                   <w:rPr>
                     <w:rStyle w:val="Textodelmarcadordeposicin"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Haga clic o pulse aquí para escribir texto</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
-          <w:p w14:paraId="06AAA628" w14:textId="77777777" w:rsidR="00F54717" w:rsidRPr="00F22878" w:rsidRDefault="00F54717" w:rsidP="00B96F9B">
+          <w:p w14:paraId="06AAA628" w14:textId="77777777" w:rsidR="00F54717" w:rsidRDefault="00F54717" w:rsidP="00B96F9B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="5BB4EEC6" w14:textId="77777777" w:rsidR="00F54717" w:rsidRPr="00F22878" w:rsidRDefault="00F54717" w:rsidP="00B96F9B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="702DE597" w14:textId="77777777" w:rsidR="00AB3F84" w:rsidRPr="00F22878" w:rsidRDefault="00AB3F84" w:rsidP="001E1DA8">
+    <w:p w14:paraId="702DE597" w14:textId="77777777" w:rsidR="00AB3F84" w:rsidRDefault="00AB3F84" w:rsidP="001E1DA8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3D4FA692" w14:textId="77777777" w:rsidR="0095726D" w:rsidRDefault="0095726D" w:rsidP="00B33D5B">
+    <w:p w14:paraId="0ED89F9D" w14:textId="433041B7" w:rsidR="00AB3F84" w:rsidRDefault="00B33D5B" w:rsidP="00B33D5B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
-[...11 lines deleted...]
-          <w:b/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A07292">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">III. </w:t>
       </w:r>
       <w:r w:rsidR="00F54717" w:rsidRPr="00A07292">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">DATOS Y </w:t>
       </w:r>
       <w:r w:rsidR="00420B5B" w:rsidRPr="00A07292">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
@@ -2037,480 +2255,426 @@
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006E0455" w:rsidRPr="00A07292">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="006E0455" w:rsidRPr="00A07292">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:i/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t>marque con X lo que proceda)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2770121E" w14:textId="77777777" w:rsidR="00AB3F84" w:rsidRPr="00F22878" w:rsidRDefault="00AB3F84" w:rsidP="001E1DA8">
+    <w:p w14:paraId="00F2A3C5" w14:textId="77777777" w:rsidR="00D12427" w:rsidRDefault="00D12427" w:rsidP="00B33D5B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
-          <w:b/>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:bCs/>
+          <w:i/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula1"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="530"/>
         <w:gridCol w:w="7964"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00AB3F84" w:rsidRPr="00F22878" w14:paraId="3A69561F" w14:textId="77777777" w:rsidTr="00BE7133">
+      <w:tr w:rsidR="00D12427" w:rsidRPr="00F22878" w14:paraId="39C53689" w14:textId="77777777" w:rsidTr="00D12427">
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:cstheme="minorHAnsi"/>
               <w:b/>
               <w:lang w:val="es-ES_tradnl"/>
             </w:rPr>
             <w:id w:val="465637843"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="534" w:type="dxa"/>
+                <w:tcW w:w="530" w:type="dxa"/>
               </w:tcPr>
-              <w:p w14:paraId="1173D8B3" w14:textId="30C449B5" w:rsidR="00AB3F84" w:rsidRPr="00F22878" w:rsidRDefault="006F1B86" w:rsidP="006F1B86">
+              <w:p w14:paraId="0A5702BD" w14:textId="77777777" w:rsidR="00D12427" w:rsidRPr="00F22878" w:rsidRDefault="00D12427" w:rsidP="00572507">
                 <w:pPr>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                     <w:b/>
                     <w:lang w:val="es-ES_tradnl"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                     <w:b/>
                     <w:lang w:val="es-ES_tradnl"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8186" w:type="dxa"/>
+            <w:tcW w:w="7964" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="244D0FAA" w14:textId="6B46DDCE" w:rsidR="00837E66" w:rsidRPr="00F22878" w:rsidRDefault="00AB3F84" w:rsidP="0061293B">
+          <w:p w14:paraId="4710D06F" w14:textId="77777777" w:rsidR="00D12427" w:rsidRPr="00F22878" w:rsidRDefault="00D12427" w:rsidP="00572507">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F22878">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t xml:space="preserve">Solicito que se incorporen de oficio al expediente las actividades formativas de soporte vital impartidas en los últimos 5 años en el Servicio Murciano de Salud </w:t>
             </w:r>
-            <w:r w:rsidR="00837E66" w:rsidRPr="00F22878">
+            <w:r w:rsidRPr="00F22878">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
-            <w:r w:rsidR="00BE7133">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>s</w:t>
             </w:r>
-            <w:r w:rsidR="00837E66" w:rsidRPr="00F22878">
+            <w:r w:rsidRPr="00F22878">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
-              <w:t>ólo será necesario si la acreditación</w:t>
+              <w:t xml:space="preserve">ólo será necesario si la acreditación </w:t>
             </w:r>
-            <w:r w:rsidR="00DC4BC4" w:rsidRPr="00F22878">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">de </w:t>
             </w:r>
-            <w:r w:rsidR="00BE7133">
+            <w:r w:rsidRPr="00F22878">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
-              <w:t xml:space="preserve">de </w:t>
+              <w:t>Instructor/a aportada es anterior a los últimos cinco años</w:t>
             </w:r>
-            <w:r w:rsidR="00DC4BC4" w:rsidRPr="00F22878">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
-              <w:t>Instructor/a</w:t>
+              <w:t>)</w:t>
             </w:r>
-            <w:r w:rsidR="00837E66" w:rsidRPr="00F22878">
+            <w:r w:rsidRPr="00F22878">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...38 lines deleted...]
-              </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3B5EAEEC" w14:textId="77777777" w:rsidR="00AB3F84" w:rsidRPr="00F22878" w:rsidRDefault="00AB3F84" w:rsidP="00137AF5">
+          <w:p w14:paraId="6B190442" w14:textId="77777777" w:rsidR="00D12427" w:rsidRPr="00F22878" w:rsidRDefault="00D12427" w:rsidP="00572507">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F54717" w:rsidRPr="00F22878" w14:paraId="1E263B42" w14:textId="77777777" w:rsidTr="00BE7133">
+      <w:tr w:rsidR="00D12427" w:rsidRPr="00F22878" w14:paraId="4201D12A" w14:textId="77777777" w:rsidTr="00D12427">
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:rFonts w:cstheme="minorHAnsi"/>
               <w:b/>
               <w:lang w:val="es-ES_tradnl"/>
             </w:rPr>
             <w:id w:val="-673568607"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="534" w:type="dxa"/>
+                <w:tcW w:w="530" w:type="dxa"/>
               </w:tcPr>
-              <w:p w14:paraId="7619BA8D" w14:textId="7BBF446A" w:rsidR="00F54717" w:rsidRPr="00F22878" w:rsidRDefault="006F1B86" w:rsidP="006F1B86">
+              <w:p w14:paraId="5DCA0899" w14:textId="77777777" w:rsidR="00D12427" w:rsidRPr="00F22878" w:rsidRDefault="00D12427" w:rsidP="00572507">
                 <w:pPr>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                     <w:b/>
                     <w:lang w:val="es-ES_tradnl"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="006F1B86">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                     <w:b/>
                     <w:lang w:val="es-ES_tradnl"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8186" w:type="dxa"/>
+            <w:tcW w:w="7964" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5416A483" w14:textId="77777777" w:rsidR="00F54717" w:rsidRPr="00F22878" w:rsidRDefault="00F54717" w:rsidP="00137AF5">
+          <w:p w14:paraId="2AB8C5D4" w14:textId="77777777" w:rsidR="00D12427" w:rsidRPr="00F22878" w:rsidRDefault="00D12427" w:rsidP="00572507">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F22878">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:t>Otros:</w:t>
             </w:r>
           </w:p>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
               <w:id w:val="554369838"/>
               <w:placeholder>
-                <w:docPart w:val="861F4F38869F4589BC930AFBAA1ED6E3"/>
+                <w:docPart w:val="F7EF8CFEB740431DB757DA6318098FA3"/>
               </w:placeholder>
               <w:showingPlcHdr/>
             </w:sdtPr>
             <w:sdtEndPr/>
             <w:sdtContent>
-              <w:p w14:paraId="23C90CB8" w14:textId="7AECF307" w:rsidR="00C76A70" w:rsidRDefault="00C76A70" w:rsidP="00C76A70">
+              <w:p w14:paraId="0D8A0D3E" w14:textId="77777777" w:rsidR="00D12427" w:rsidRDefault="00D12427" w:rsidP="00572507">
                 <w:pPr>
                   <w:jc w:val="both"/>
                   <w:rPr>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                     <w:lang w:val="es-ES_tradnl"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00540EE8">
                   <w:rPr>
                     <w:rStyle w:val="Textodelmarcadordeposicin"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                     <w:sz w:val="22"/>
                     <w:szCs w:val="22"/>
                   </w:rPr>
                   <w:t>Haga clic o pulse aquí para escribir texto</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
-          <w:p w14:paraId="03B22802" w14:textId="77777777" w:rsidR="00F54717" w:rsidRPr="00F22878" w:rsidRDefault="00F54717" w:rsidP="00137AF5">
+          <w:p w14:paraId="042AB1FC" w14:textId="77777777" w:rsidR="00D12427" w:rsidRPr="00F22878" w:rsidRDefault="00D12427" w:rsidP="00572507">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="64B59636" w14:textId="77777777" w:rsidR="00F54717" w:rsidRPr="00F22878" w:rsidRDefault="00F54717" w:rsidP="00137AF5">
-[...8 lines deleted...]
-          <w:p w14:paraId="25508C61" w14:textId="77777777" w:rsidR="00F54717" w:rsidRPr="00F22878" w:rsidRDefault="00F54717" w:rsidP="00137AF5">
+          <w:p w14:paraId="510B8533" w14:textId="77777777" w:rsidR="00D12427" w:rsidRPr="00F22878" w:rsidRDefault="00D12427" w:rsidP="00572507">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:lang w:val="es-ES_tradnl"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="3A52BF27" w14:textId="4DA46D9F" w:rsidR="001E1DA8" w:rsidRPr="00F22878" w:rsidRDefault="001E1DA8" w:rsidP="001E1DA8">
-[...17 lines deleted...]
-    <w:p w14:paraId="1B63F236" w14:textId="77777777" w:rsidR="001E1DA8" w:rsidRPr="00F22878" w:rsidRDefault="001E1DA8" w:rsidP="001E1DA8">
+    <w:p w14:paraId="776D9D16" w14:textId="77777777" w:rsidR="00D666C5" w:rsidRDefault="00D666C5" w:rsidP="00D12427">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="644FB64A" w14:textId="77777777" w:rsidR="001E1DA8" w:rsidRDefault="001E1DA8" w:rsidP="001E1DA8">
+    <w:p w14:paraId="267751AF" w14:textId="77777777" w:rsidR="00620E8F" w:rsidRDefault="00620E8F" w:rsidP="00D12427">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6046A88F" w14:textId="77777777" w:rsidR="00616218" w:rsidRPr="00F22878" w:rsidRDefault="00616218" w:rsidP="001E1DA8">
+    <w:p w14:paraId="7A46A619" w14:textId="77777777" w:rsidR="00620E8F" w:rsidRDefault="00620E8F" w:rsidP="00D12427">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="21833A36" w14:textId="26BC33CD" w:rsidR="00AB3F84" w:rsidRPr="00876FA8" w:rsidRDefault="00876FA8" w:rsidP="00876FA8">
-      <w:pPr>
+    <w:p w14:paraId="6D689F7A" w14:textId="77777777" w:rsidR="00620E8F" w:rsidRDefault="00620E8F" w:rsidP="00D12427">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="es-ES_tradnl"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6046A88F" w14:textId="5E6F4015" w:rsidR="00616218" w:rsidRPr="00F22878" w:rsidRDefault="00D12427" w:rsidP="007D7B30">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:lang w:val="es-ES_tradnl"/>
         </w:rPr>
         <w:t xml:space="preserve">Fdo.: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:lang w:val="es-ES_tradnl"/>
           </w:rPr>
           <w:tag w:val="Firmante"/>
           <w:id w:val="-1935892527"/>
           <w:placeholder>
-            <w:docPart w:val="A9423DE3DCED437DB46B8CBD6665EBBF"/>
+            <w:docPart w:val="765F2C7D5A8641DFB839E6319944320A"/>
           </w:placeholder>
           <w:showingPlcHdr/>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="Textodelmarcadordeposicin"/>
               <w:rFonts w:cstheme="minorHAnsi"/>
               <w:i/>
               <w:iCs/>
             </w:rPr>
             <w:t>Haga clic o pulse aquí para escribir texto</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:sectPr w:rsidR="00AB3F84" w:rsidRPr="00876FA8" w:rsidSect="00244494">
-      <w:footerReference w:type="default" r:id="rId13"/>
+    <w:sectPr w:rsidR="00616218" w:rsidRPr="00F22878" w:rsidSect="00D46492">
+      <w:footerReference w:type="default" r:id="rId18"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="2608" w:right="1701" w:bottom="1418" w:left="1701" w:header="709" w:footer="709" w:gutter="0"/>
+      <w:pgMar w:top="2608" w:right="1701" w:bottom="1418" w:left="1701" w:header="0" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="0F25DE2E" w14:textId="77777777" w:rsidR="00116913" w:rsidRDefault="00116913" w:rsidP="0033118A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="568B9BCA" w14:textId="77777777" w:rsidR="00116913" w:rsidRDefault="00116913" w:rsidP="0033118A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
@@ -2537,147 +2701,112 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
+    <w:altName w:val="Calibri"/>
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
-  </w:font>
-[...4 lines deleted...]
-    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Book Antiqua">
     <w:panose1 w:val="02040602050305030304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="3331646C" w14:textId="77777777" w:rsidR="00A07292" w:rsidRPr="00F22878" w:rsidRDefault="00A07292" w:rsidP="00A07292">
-[...9 lines deleted...]
-  <w:p w14:paraId="1544559C" w14:textId="77777777" w:rsidR="00A07292" w:rsidRDefault="00A07292" w:rsidP="0061293B">
+  <w:p w14:paraId="64845E9D" w14:textId="77777777" w:rsidR="007D7B30" w:rsidRDefault="007D7B30" w:rsidP="00D12427">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4252"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="160" w:lineRule="atLeast"/>
       <w:ind w:left="-567" w:right="-567"/>
       <w:jc w:val="both"/>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:i/>
         <w:iCs/>
         <w:color w:val="1F497D"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:eastAsia="es-ES"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="65030827" w14:textId="77777777" w:rsidR="00A07292" w:rsidRDefault="00A07292" w:rsidP="0061293B">
-[...19 lines deleted...]
-  <w:p w14:paraId="361CAFED" w14:textId="7995058E" w:rsidR="0061293B" w:rsidRPr="0059604D" w:rsidRDefault="0061293B" w:rsidP="0061293B">
+  <w:p w14:paraId="30116B9D" w14:textId="26CEBF0F" w:rsidR="00676B07" w:rsidRPr="00D12427" w:rsidRDefault="00676B07" w:rsidP="00D12427">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4252"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="160" w:lineRule="atLeast"/>
       <w:ind w:left="-567" w:right="-567"/>
       <w:jc w:val="both"/>
       <w:rPr>
         <w:rFonts w:ascii="Book Antiqua" w:eastAsia="Times New Roman" w:hAnsi="Book Antiqua" w:cs="Book Antiqua"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="007B09B2">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:i/>
         <w:iCs/>
         <w:color w:val="1F497D"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:eastAsia="es-ES"/>
       </w:rPr>
       <w:t>De conformidad co</w:t>
@@ -2694,234 +2823,151 @@
       </w:rPr>
       <w:t>n el Reglamento (UE) 2016/679 y</w:t>
     </w:r>
     <w:r w:rsidRPr="007B09B2">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:i/>
         <w:iCs/>
         <w:color w:val="1F497D"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:eastAsia="es-ES"/>
       </w:rPr>
       <w:t xml:space="preserve"> la Ley Orgánica 3/2018, de 5 de diciembre, de Protección de Datos Personales y garantía de los derechos digitales se le informa de que sus datos personales serán incorporados a una actividad de tratamiento del que es responsable </w:t>
     </w:r>
     <w:r w:rsidRPr="00434579">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:i/>
         <w:iCs/>
         <w:color w:val="1F497D"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:eastAsia="es-ES"/>
       </w:rPr>
-      <w:t xml:space="preserve">el </w:t>
+      <w:t>el Director General</w:t>
     </w:r>
-    <w:proofErr w:type="gramStart"/>
-[...36 lines deleted...]
-    <w:proofErr w:type="gramEnd"/>
     <w:r w:rsidRPr="007B09B2">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:i/>
         <w:iCs/>
         <w:color w:val="1F497D"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:eastAsia="es-ES"/>
       </w:rPr>
       <w:t xml:space="preserve"> de Recursos Humanos del Servicio Murciano de Salud. La finalidad es la gestión de la formación continuada del personal del Servicio Murciano de Salud. La legitimación se basa en el consentimiento del interesado y en el cumplimiento de una misión realizada en interés público o en el ejercicio de poderes públicos conferidos al responsable del tratamiento. Los destinatarios podrán ser otros órganos de la Administración del Estado y de la Comunidad Autónoma de la Región de Murcia. El ejercicio de los derechos de acceso, rectificación, supresión, oposición y limitación al tratamiento se realizará enviando una solicitud por escrito acompañada de fotocopia de su DNI, dirigida a la Dirección General de Recursos Humanos del Servicio Murciano de Salud, C/ CENTRAL, Nº7, EDIFICIO HABITAMIA - 30100 ESPINARDO (MURCIA)</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:i/>
         <w:iCs/>
         <w:color w:val="1F497D"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:eastAsia="es-ES"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidRPr="00754FA8">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:i/>
         <w:iCs/>
         <w:color w:val="1F497D"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:eastAsia="es-ES"/>
       </w:rPr>
       <w:t>o en la dirección de correo electrónico del dpd: dpd-sms@carm.es</w:t>
     </w:r>
     <w:r w:rsidRPr="007B09B2">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:i/>
         <w:iCs/>
         <w:color w:val="1F497D"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:eastAsia="es-ES"/>
       </w:rPr>
       <w:t>. Es posible consultar la información adicional y detallada sobre Protección de Datos en nuestra página web www.murciasalud.es/proteccion_datos</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="0595F86F" w14:textId="77777777" w:rsidR="0061293B" w:rsidRDefault="0061293B">
-[...3 lines deleted...]
-  </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="650613A2" w14:textId="77777777" w:rsidR="00676B07" w:rsidRPr="00F22878" w:rsidRDefault="00676B07" w:rsidP="00A07292">
+  <w:p w14:paraId="21A1A695" w14:textId="77777777" w:rsidR="00D666C5" w:rsidRPr="00F22878" w:rsidRDefault="00D666C5" w:rsidP="00D12427">
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
         <w:lang w:val="es-ES_tradnl"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00F22878">
       <w:rPr>
         <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
         <w:lang w:val="es-ES_tradnl"/>
       </w:rPr>
       <w:t>DIRECCIÓN GENERAL DE RECURSOS HUMANOS</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="352C1D59" w14:textId="77777777" w:rsidR="00676B07" w:rsidRPr="00F22878" w:rsidRDefault="00676B07" w:rsidP="00A07292">
+  <w:p w14:paraId="51806B8F" w14:textId="77777777" w:rsidR="00D666C5" w:rsidRDefault="00D666C5" w:rsidP="00D12427">
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
         <w:lang w:val="es-ES_tradnl"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00F22878">
       <w:rPr>
         <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
         <w:lang w:val="es-ES_tradnl"/>
       </w:rPr>
       <w:t>Unidad de Desarrollo Profesional. C/ Pinares, 4 - 2ª planta. 30001 MURCIA</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="786E9D98" w14:textId="77777777" w:rsidR="00676B07" w:rsidRPr="00F22878" w:rsidRDefault="00676B07" w:rsidP="00A07292">
+  <w:p w14:paraId="49A8CB0A" w14:textId="77777777" w:rsidR="00D666C5" w:rsidRPr="00F22878" w:rsidRDefault="00D666C5" w:rsidP="00D12427">
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
         <w:lang w:val="es-ES_tradnl"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="46A0CE40" w14:textId="77777777" w:rsidR="00676B07" w:rsidRDefault="00676B07" w:rsidP="0061293B">
-[...39 lines deleted...]
-  <w:p w14:paraId="2297AE96" w14:textId="77777777" w:rsidR="00676B07" w:rsidRPr="0059604D" w:rsidRDefault="00676B07" w:rsidP="0061293B">
+  <w:p w14:paraId="46AB2716" w14:textId="77777777" w:rsidR="00D666C5" w:rsidRPr="00D12427" w:rsidRDefault="00D666C5" w:rsidP="00D12427">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4252"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="160" w:lineRule="atLeast"/>
       <w:ind w:left="-567" w:right="-567"/>
       <w:jc w:val="both"/>
       <w:rPr>
         <w:rFonts w:ascii="Book Antiqua" w:eastAsia="Times New Roman" w:hAnsi="Book Antiqua" w:cs="Book Antiqua"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="007B09B2">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:i/>
         <w:iCs/>
         <w:color w:val="1F497D"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:eastAsia="es-ES"/>
       </w:rPr>
       <w:t>De conformidad co</w:t>
@@ -2938,245 +2984,186 @@
       </w:rPr>
       <w:t>n el Reglamento (UE) 2016/679 y</w:t>
     </w:r>
     <w:r w:rsidRPr="007B09B2">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:i/>
         <w:iCs/>
         <w:color w:val="1F497D"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:eastAsia="es-ES"/>
       </w:rPr>
       <w:t xml:space="preserve"> la Ley Orgánica 3/2018, de 5 de diciembre, de Protección de Datos Personales y garantía de los derechos digitales se le informa de que sus datos personales serán incorporados a una actividad de tratamiento del que es responsable </w:t>
     </w:r>
     <w:r w:rsidRPr="00434579">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:i/>
         <w:iCs/>
         <w:color w:val="1F497D"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:eastAsia="es-ES"/>
       </w:rPr>
-      <w:t xml:space="preserve">el </w:t>
+      <w:t>el Director General</w:t>
     </w:r>
-    <w:proofErr w:type="gramStart"/>
-[...12 lines deleted...]
-    <w:proofErr w:type="gramEnd"/>
     <w:r w:rsidRPr="007B09B2">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:i/>
         <w:iCs/>
         <w:color w:val="1F497D"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:eastAsia="es-ES"/>
       </w:rPr>
       <w:t xml:space="preserve"> de Recursos Humanos del Servicio Murciano de Salud. La finalidad es la gestión de la formación continuada del personal del Servicio Murciano de Salud. La legitimación se basa en el consentimiento del interesado y en el cumplimiento de una misión realizada en interés público o en el ejercicio de poderes públicos conferidos al responsable del tratamiento. Los destinatarios podrán ser otros órganos de la Administración del Estado y de la Comunidad Autónoma de la Región de Murcia. El ejercicio de los derechos de acceso, rectificación, supresión, oposición y limitación al tratamiento se realizará enviando una solicitud por escrito acompañada de fotocopia de su DNI, dirigida a la Dirección General de Recursos Humanos del Servicio Murciano de Salud, C/ CENTRAL, Nº7, EDIFICIO HABITAMIA - 30100 ESPINARDO (MURCIA)</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:i/>
         <w:iCs/>
         <w:color w:val="1F497D"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:eastAsia="es-ES"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidRPr="00754FA8">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:i/>
         <w:iCs/>
         <w:color w:val="1F497D"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:eastAsia="es-ES"/>
       </w:rPr>
       <w:t>o en la dirección de correo electrónico del dpd: dpd-sms@carm.es</w:t>
     </w:r>
     <w:r w:rsidRPr="007B09B2">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:i/>
         <w:iCs/>
         <w:color w:val="1F497D"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:eastAsia="es-ES"/>
       </w:rPr>
       <w:t>. Es posible consultar la información adicional y detallada sobre Protección de Datos en nuestra página web www.murciasalud.es/proteccion_datos</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="30116B9D" w14:textId="77777777" w:rsidR="00676B07" w:rsidRDefault="00676B07">
-[...3 lines deleted...]
-  </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="41A5AC41" w14:textId="77777777" w:rsidR="00116913" w:rsidRDefault="00116913" w:rsidP="0033118A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="793518AF" w14:textId="77777777" w:rsidR="00116913" w:rsidRDefault="00116913" w:rsidP="0033118A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:tbl>
-[...86 lines deleted...]
-  <w:p w14:paraId="5F80E874" w14:textId="77777777" w:rsidR="0033118A" w:rsidRPr="005271AF" w:rsidRDefault="0033118A">
+  <w:p w14:paraId="5F0B7F95" w14:textId="647FEB0E" w:rsidR="00807794" w:rsidRDefault="00D46492" w:rsidP="00D46492">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
+      <w:ind w:left="-1701"/>
+    </w:pPr>
+    <w:r>
       <w:rPr>
-        <w:sz w:val="2"/>
-        <w:szCs w:val="2"/>
+        <w:noProof/>
       </w:rPr>
-    </w:pPr>
+      <w:drawing>
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="74E7D9AC" wp14:editId="143F8938">
+          <wp:extent cx="7541260" cy="1657985"/>
+          <wp:effectExtent l="0" t="0" r="2540" b="0"/>
+          <wp:docPr id="405668792" name="Imagen 1"/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="0" name="Picture 1"/>
+                  <pic:cNvPicPr>
+                    <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                  </pic:cNvPicPr>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:srcRect/>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr bwMode="auto">
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="7541260" cy="1657985"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                  <a:noFill/>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+        </wp:inline>
+      </w:drawing>
+    </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="06B738D7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="62023A56"/>
     <w:lvl w:ilvl="0" w:tplc="DE86399C">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="040A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
@@ -4296,294 +4283,313 @@
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1404329091">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="1436243195">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="774711177">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1324550367">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="738477270">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="1683319337">
     <w:abstractNumId w:val="9"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="110"/>
   <w:removePersonalInformation/>
   <w:removeDateAndTime/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="gyHUN2D2FhPXrEYhPUhBjhPoczIgnmI8uzffhOzrM9h9K5XlF1FvVNU2VO5cE81WGEh/IRkH/FLPr5I+7zH2+g==" w:salt="VVN1Pocv6qhDFK12tcb4MQ=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="1XFueHBov2qNXskPJ6pdYZz8px4Yl+eGMDXgi2cRvOJGtgyp3k9RZ83MvzhLdtcTRcTHjXqD4MThPqwC1/inzg==" w:salt="1ae055q9Mt/yyZDT4P+Xvg=="/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="2054"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00267BEF"/>
     <w:rsid w:val="00047D79"/>
     <w:rsid w:val="000673EE"/>
     <w:rsid w:val="00070871"/>
     <w:rsid w:val="000727CB"/>
     <w:rsid w:val="00086778"/>
     <w:rsid w:val="00097960"/>
     <w:rsid w:val="000A0728"/>
     <w:rsid w:val="000A4960"/>
     <w:rsid w:val="000A51CB"/>
     <w:rsid w:val="000A6CBE"/>
     <w:rsid w:val="000B4103"/>
     <w:rsid w:val="000D1E22"/>
+    <w:rsid w:val="000D254C"/>
     <w:rsid w:val="000F7B69"/>
     <w:rsid w:val="00114875"/>
     <w:rsid w:val="00116913"/>
     <w:rsid w:val="0013104E"/>
     <w:rsid w:val="001353E8"/>
     <w:rsid w:val="0014078D"/>
     <w:rsid w:val="00190089"/>
     <w:rsid w:val="00190100"/>
     <w:rsid w:val="0019746C"/>
     <w:rsid w:val="001A6484"/>
+    <w:rsid w:val="001C11C8"/>
     <w:rsid w:val="001E1DA8"/>
     <w:rsid w:val="001E3029"/>
     <w:rsid w:val="001E55FB"/>
     <w:rsid w:val="001F14D0"/>
     <w:rsid w:val="001F3B3B"/>
     <w:rsid w:val="001F6198"/>
     <w:rsid w:val="0020548E"/>
     <w:rsid w:val="00213979"/>
     <w:rsid w:val="00213B3D"/>
     <w:rsid w:val="00221BCE"/>
     <w:rsid w:val="002264E1"/>
     <w:rsid w:val="00235B81"/>
     <w:rsid w:val="00236894"/>
     <w:rsid w:val="00244494"/>
     <w:rsid w:val="00261696"/>
     <w:rsid w:val="00267BEF"/>
     <w:rsid w:val="002733A7"/>
     <w:rsid w:val="002C71E3"/>
+    <w:rsid w:val="002C78BA"/>
     <w:rsid w:val="002F323B"/>
     <w:rsid w:val="00302D4F"/>
     <w:rsid w:val="00310549"/>
+    <w:rsid w:val="003305A8"/>
     <w:rsid w:val="0033118A"/>
     <w:rsid w:val="00346C6F"/>
     <w:rsid w:val="00355385"/>
     <w:rsid w:val="00356100"/>
     <w:rsid w:val="003A04D0"/>
     <w:rsid w:val="003B1712"/>
     <w:rsid w:val="003C26F0"/>
     <w:rsid w:val="003D6AE2"/>
     <w:rsid w:val="003E186D"/>
     <w:rsid w:val="00420B5B"/>
     <w:rsid w:val="00420E45"/>
     <w:rsid w:val="00434579"/>
     <w:rsid w:val="00440E32"/>
     <w:rsid w:val="004738E3"/>
+    <w:rsid w:val="004A2B63"/>
     <w:rsid w:val="004B26AF"/>
     <w:rsid w:val="004E017F"/>
     <w:rsid w:val="004E7DEE"/>
     <w:rsid w:val="005143D6"/>
     <w:rsid w:val="005271AF"/>
     <w:rsid w:val="00540EE8"/>
     <w:rsid w:val="00546BB5"/>
     <w:rsid w:val="0055394C"/>
     <w:rsid w:val="00567AFB"/>
     <w:rsid w:val="00574677"/>
     <w:rsid w:val="00577EA7"/>
     <w:rsid w:val="0058027D"/>
     <w:rsid w:val="005829C5"/>
     <w:rsid w:val="0059604D"/>
     <w:rsid w:val="005A1F55"/>
     <w:rsid w:val="0061293B"/>
     <w:rsid w:val="00616218"/>
+    <w:rsid w:val="00620E8F"/>
     <w:rsid w:val="00647EB7"/>
     <w:rsid w:val="006571F3"/>
+    <w:rsid w:val="00657CEA"/>
     <w:rsid w:val="006637CB"/>
     <w:rsid w:val="00675B86"/>
     <w:rsid w:val="00676B07"/>
     <w:rsid w:val="00681F44"/>
     <w:rsid w:val="006B7F25"/>
     <w:rsid w:val="006C67BB"/>
     <w:rsid w:val="006E0455"/>
     <w:rsid w:val="006E0801"/>
     <w:rsid w:val="006E14A3"/>
     <w:rsid w:val="006E169D"/>
     <w:rsid w:val="006E30A3"/>
     <w:rsid w:val="006E3224"/>
     <w:rsid w:val="006F1B86"/>
     <w:rsid w:val="00713176"/>
     <w:rsid w:val="00715DAB"/>
     <w:rsid w:val="00721F5A"/>
     <w:rsid w:val="00746529"/>
     <w:rsid w:val="00746FA0"/>
     <w:rsid w:val="00752411"/>
     <w:rsid w:val="00754FA8"/>
     <w:rsid w:val="00756716"/>
     <w:rsid w:val="007618CA"/>
     <w:rsid w:val="00762670"/>
     <w:rsid w:val="007649A3"/>
     <w:rsid w:val="007A6BBB"/>
     <w:rsid w:val="007B09B2"/>
+    <w:rsid w:val="007D7B30"/>
     <w:rsid w:val="007F4BFC"/>
     <w:rsid w:val="00802F8E"/>
     <w:rsid w:val="0080337F"/>
     <w:rsid w:val="00805E6D"/>
+    <w:rsid w:val="00807794"/>
     <w:rsid w:val="00831BB1"/>
     <w:rsid w:val="008371FD"/>
     <w:rsid w:val="0083720A"/>
     <w:rsid w:val="00837E66"/>
     <w:rsid w:val="00876FA8"/>
     <w:rsid w:val="0087792B"/>
     <w:rsid w:val="008A1265"/>
     <w:rsid w:val="008B55BB"/>
     <w:rsid w:val="008D188B"/>
     <w:rsid w:val="008D1F97"/>
+    <w:rsid w:val="008D55EF"/>
     <w:rsid w:val="008E3810"/>
     <w:rsid w:val="00903507"/>
     <w:rsid w:val="009070B1"/>
     <w:rsid w:val="00910207"/>
+    <w:rsid w:val="009416E9"/>
     <w:rsid w:val="0095726D"/>
     <w:rsid w:val="0096642A"/>
     <w:rsid w:val="009716DC"/>
     <w:rsid w:val="00981008"/>
     <w:rsid w:val="00983000"/>
     <w:rsid w:val="009A1043"/>
     <w:rsid w:val="009C3013"/>
     <w:rsid w:val="009D68CF"/>
     <w:rsid w:val="009D6CBE"/>
     <w:rsid w:val="00A01ACF"/>
     <w:rsid w:val="00A07292"/>
     <w:rsid w:val="00A2434A"/>
     <w:rsid w:val="00A35DF1"/>
     <w:rsid w:val="00A42F0F"/>
     <w:rsid w:val="00A441B7"/>
     <w:rsid w:val="00A4757A"/>
     <w:rsid w:val="00A51BD5"/>
     <w:rsid w:val="00A7101D"/>
     <w:rsid w:val="00A73EAD"/>
     <w:rsid w:val="00AB3F84"/>
     <w:rsid w:val="00AE5A1A"/>
     <w:rsid w:val="00AF4E5B"/>
     <w:rsid w:val="00B11311"/>
     <w:rsid w:val="00B132EF"/>
     <w:rsid w:val="00B138F6"/>
     <w:rsid w:val="00B221AA"/>
     <w:rsid w:val="00B30C84"/>
     <w:rsid w:val="00B33D5B"/>
     <w:rsid w:val="00B61063"/>
     <w:rsid w:val="00B94924"/>
     <w:rsid w:val="00B94A74"/>
+    <w:rsid w:val="00BC511F"/>
+    <w:rsid w:val="00BE0B4D"/>
     <w:rsid w:val="00BE37E5"/>
     <w:rsid w:val="00BE51CA"/>
     <w:rsid w:val="00BE7133"/>
     <w:rsid w:val="00BF0E67"/>
     <w:rsid w:val="00BF7438"/>
     <w:rsid w:val="00C1463C"/>
     <w:rsid w:val="00C3414D"/>
     <w:rsid w:val="00C44004"/>
     <w:rsid w:val="00C517D2"/>
     <w:rsid w:val="00C54CD6"/>
     <w:rsid w:val="00C73A33"/>
     <w:rsid w:val="00C76A70"/>
     <w:rsid w:val="00CC2C06"/>
     <w:rsid w:val="00CE36A9"/>
     <w:rsid w:val="00CF4437"/>
     <w:rsid w:val="00D0196C"/>
+    <w:rsid w:val="00D12427"/>
     <w:rsid w:val="00D23EB2"/>
     <w:rsid w:val="00D27851"/>
     <w:rsid w:val="00D32C39"/>
     <w:rsid w:val="00D3355D"/>
     <w:rsid w:val="00D376B4"/>
     <w:rsid w:val="00D4328A"/>
+    <w:rsid w:val="00D46492"/>
     <w:rsid w:val="00D479EC"/>
     <w:rsid w:val="00D649E3"/>
+    <w:rsid w:val="00D666C5"/>
     <w:rsid w:val="00D76C38"/>
     <w:rsid w:val="00D96621"/>
     <w:rsid w:val="00DA490C"/>
     <w:rsid w:val="00DB401B"/>
     <w:rsid w:val="00DC4BC4"/>
     <w:rsid w:val="00DE0679"/>
+    <w:rsid w:val="00E012EB"/>
     <w:rsid w:val="00E50A8D"/>
     <w:rsid w:val="00E52FEF"/>
     <w:rsid w:val="00E62BAE"/>
     <w:rsid w:val="00E97018"/>
+    <w:rsid w:val="00EB4EAF"/>
+    <w:rsid w:val="00EE4006"/>
     <w:rsid w:val="00EF043B"/>
     <w:rsid w:val="00EF5BD9"/>
     <w:rsid w:val="00F00AB0"/>
     <w:rsid w:val="00F217D2"/>
     <w:rsid w:val="00F22878"/>
     <w:rsid w:val="00F24DFB"/>
     <w:rsid w:val="00F37450"/>
     <w:rsid w:val="00F54717"/>
     <w:rsid w:val="00F57B54"/>
     <w:rsid w:val="00F64701"/>
     <w:rsid w:val="00F66DD2"/>
+    <w:rsid w:val="00F76841"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-ES"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="2054"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="0C059F22"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="es-ES" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
@@ -5121,196 +5127,241 @@
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00746529"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="Textodelmarcadordeposicin">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00A42F0F"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
+    <w:div w:id="249312898">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="1295715759">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
   <w:pixelsPerInch w:val="72"/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="activeX/activeX2.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="activeX/activeX1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.wmf"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="activeX/activeX4.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/control" Target="activeX/activeX3.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\mcr43s\AppData\Local\Temp\7zOCD0B85BA\CS%20-%20SMS%20-%20DGRH.dotx" TargetMode="External"/></Relationships>
+</file>
+
+<file path=word/activeX/_rels/activeX1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2006/relationships/activeXControlBinary" Target="activeX1.bin"/></Relationships>
+</file>
+
+<file path=word/activeX/_rels/activeX2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2006/relationships/activeXControlBinary" Target="activeX2.bin"/></Relationships>
+</file>
+
+<file path=word/activeX/_rels/activeX3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2006/relationships/activeXControlBinary" Target="activeX3.bin"/></Relationships>
+</file>
+
+<file path=word/activeX/_rels/activeX4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2006/relationships/activeXControlBinary" Target="activeX4.bin"/></Relationships>
+</file>
+
+<file path=word/activeX/activeX1.xml><?xml version="1.0" encoding="utf-8"?>
+<ax:ocx xmlns:ax="http://schemas.microsoft.com/office/2006/activeX" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ax:classid="{8BD21D50-EC42-11CE-9E0D-00AA006002F3}" ax:persistence="persistStorage" r:id="rId1"/>
+</file>
+
+<file path=word/activeX/activeX2.xml><?xml version="1.0" encoding="utf-8"?>
+<ax:ocx xmlns:ax="http://schemas.microsoft.com/office/2006/activeX" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ax:classid="{8BD21D50-EC42-11CE-9E0D-00AA006002F3}" ax:persistence="persistStorage" r:id="rId1"/>
+</file>
+
+<file path=word/activeX/activeX3.xml><?xml version="1.0" encoding="utf-8"?>
+<ax:ocx xmlns:ax="http://schemas.microsoft.com/office/2006/activeX" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ax:classid="{8BD21D50-EC42-11CE-9E0D-00AA006002F3}" ax:persistence="persistStorage" r:id="rId1"/>
+</file>
+
+<file path=word/activeX/activeX4.xml><?xml version="1.0" encoding="utf-8"?>
+<ax:ocx xmlns:ax="http://schemas.microsoft.com/office/2006/activeX" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ax:classid="{8BD21D50-EC42-11CE-9E0D-00AA006002F3}" ax:persistence="persistStorage" r:id="rId1"/>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="2291FD745A75476C9F47447D076FCD40"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{79BC25F4-375D-4E2F-B181-9ADA96D3B736}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00815614" w:rsidRDefault="00701EC3" w:rsidP="00701EC3">
+        <w:p w:rsidR="00815614" w:rsidRDefault="00574291" w:rsidP="00574291">
           <w:pPr>
-            <w:pStyle w:val="2291FD745A75476C9F47447D076FCD40"/>
+            <w:pStyle w:val="2291FD745A75476C9F47447D076FCD405"/>
           </w:pPr>
           <w:r w:rsidRPr="007649A3">
             <w:rPr>
               <w:rFonts w:cstheme="minorHAnsi"/>
               <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
             </w:rPr>
             <w:t>8 cifras y letra, sin guion</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="3A028526183542E485BAA1F1EE23D380"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{91547C9E-7757-4044-860D-6BC3A012902B}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00815614" w:rsidRDefault="00701EC3" w:rsidP="00701EC3">
+        <w:p w:rsidR="00815614" w:rsidRDefault="00574291" w:rsidP="00574291">
           <w:pPr>
-            <w:pStyle w:val="3A028526183542E485BAA1F1EE23D380"/>
+            <w:pStyle w:val="3A028526183542E485BAA1F1EE23D3805"/>
           </w:pPr>
           <w:r w:rsidRPr="007649A3">
             <w:rPr>
               <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
             </w:rPr>
             <w:t>Primer apellido</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="2A60E7B173AE452F93BC9296C9B7C551"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{DC4CF3A7-8BA1-4080-8466-AC738806A973}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00815614" w:rsidRDefault="00701EC3" w:rsidP="00701EC3">
+        <w:p w:rsidR="00815614" w:rsidRDefault="00574291" w:rsidP="00574291">
           <w:pPr>
-            <w:pStyle w:val="2A60E7B173AE452F93BC9296C9B7C551"/>
+            <w:pStyle w:val="2A60E7B173AE452F93BC9296C9B7C5515"/>
           </w:pPr>
           <w:r w:rsidRPr="007649A3">
             <w:rPr>
               <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
             </w:rPr>
             <w:t>Segundo apellido</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="B5330427FD99495A9D81A6690C1F4F04"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{5AF7F8D5-A40C-4B29-AD4B-A128EACD0130}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00815614" w:rsidRDefault="00701EC3" w:rsidP="00701EC3">
+        <w:p w:rsidR="00815614" w:rsidRDefault="00574291" w:rsidP="00574291">
           <w:pPr>
-            <w:pStyle w:val="B5330427FD99495A9D81A6690C1F4F04"/>
+            <w:pStyle w:val="B5330427FD99495A9D81A6690C1F4F045"/>
           </w:pPr>
           <w:r w:rsidRPr="007649A3">
             <w:rPr>
               <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
             </w:rPr>
             <w:t>Nombre</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="66E5A95FABB148FD8A9010F7AF3A8ED6"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{D2C874F2-8C51-49AE-99D9-C9591808BDEC}"/>
       </w:docPartPr>
@@ -5330,53 +5381,53 @@
           <w:r>
             <w:rPr>
               <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
             </w:rPr>
             <w:t>1</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="075EAA2792BE4E9786C1195BD696B178"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{1038B87E-EADF-4E66-8C1F-886331786B7A}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00815614" w:rsidRDefault="00701EC3" w:rsidP="00701EC3">
+        <w:p w:rsidR="00815614" w:rsidRDefault="00574291" w:rsidP="00574291">
           <w:pPr>
-            <w:pStyle w:val="075EAA2792BE4E9786C1195BD696B178"/>
+            <w:pStyle w:val="075EAA2792BE4E9786C1195BD696B1785"/>
           </w:pPr>
           <w:r w:rsidRPr="002264E1">
             <w:rPr>
               <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
             </w:rPr>
             <w:t xml:space="preserve">Teléfono </w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
             </w:rPr>
             <w:t>1</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="D2B364345C1C43A28409662663DC5177"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
@@ -5402,436 +5453,414 @@
           <w:r>
             <w:rPr>
               <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
             </w:rPr>
             <w:t>1</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="CD3CDB7ECB5A4A7E8CDCDE6071FBCBDA"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{E80B4822-E9C0-4712-BF51-7354CCFD6B29}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00815614" w:rsidRDefault="00701EC3" w:rsidP="00701EC3">
+        <w:p w:rsidR="00815614" w:rsidRDefault="00574291" w:rsidP="00574291">
           <w:pPr>
-            <w:pStyle w:val="CD3CDB7ECB5A4A7E8CDCDE6071FBCBDA"/>
+            <w:pStyle w:val="CD3CDB7ECB5A4A7E8CDCDE6071FBCBDA5"/>
           </w:pPr>
           <w:r w:rsidRPr="002264E1">
             <w:rPr>
               <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
             </w:rPr>
             <w:t xml:space="preserve">Teléfono </w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
             </w:rPr>
             <w:t>2</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="D0DC6D5759F9470EBFE41204F2B72A2C"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{75F25077-0861-451C-8F6A-BBA132EAA232}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00815614" w:rsidRDefault="00701EC3" w:rsidP="00701EC3">
+        <w:p w:rsidR="00815614" w:rsidRDefault="00574291" w:rsidP="00574291">
           <w:pPr>
-            <w:pStyle w:val="D0DC6D5759F9470EBFE41204F2B72A2C"/>
+            <w:pStyle w:val="D0DC6D5759F9470EBFE41204F2B72A2C5"/>
           </w:pPr>
           <w:r w:rsidRPr="007649A3">
             <w:rPr>
               <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
             </w:rPr>
             <w:t>Correo electrónico</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="3F9B98E780D3487AB5DF8457B3C2E459"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{FA0440D9-2B7F-4F13-8B27-440A24FB9D60}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00815614" w:rsidRDefault="00701EC3" w:rsidP="00701EC3">
+        <w:p w:rsidR="00815614" w:rsidRDefault="00574291" w:rsidP="00574291">
           <w:pPr>
-            <w:pStyle w:val="3F9B98E780D3487AB5DF8457B3C2E459"/>
+            <w:pStyle w:val="3F9B98E780D3487AB5DF8457B3C2E4595"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
             </w:rPr>
             <w:t>Indique su c</w:t>
           </w:r>
           <w:r w:rsidRPr="00A51BD5">
             <w:rPr>
               <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
             </w:rPr>
             <w:t>ategoría profesional</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="5C00555EB7794A828BA4EBC2FADA8D04"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{E46C0B33-5C65-40D3-A39E-09A2DCC3A4DC}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00815614" w:rsidRDefault="00701EC3" w:rsidP="00701EC3">
+        <w:p w:rsidR="00815614" w:rsidRDefault="00574291" w:rsidP="00574291">
           <w:pPr>
-            <w:pStyle w:val="5C00555EB7794A828BA4EBC2FADA8D04"/>
+            <w:pStyle w:val="5C00555EB7794A828BA4EBC2FADA8D045"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
             </w:rPr>
             <w:t>Indique el centro donde trabaja actualmente</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="F7035E0946BE4696AE5E78B26B675D55"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{B6E44E3F-FCBB-4BBB-A1FC-19B371C742AC}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00815614" w:rsidRDefault="00701EC3" w:rsidP="00701EC3">
+        <w:p w:rsidR="00815614" w:rsidRDefault="00574291" w:rsidP="00574291">
           <w:pPr>
-            <w:pStyle w:val="F7035E0946BE4696AE5E78B26B675D55"/>
+            <w:pStyle w:val="F7035E0946BE4696AE5E78B26B675D555"/>
           </w:pPr>
           <w:r w:rsidRPr="00A51BD5">
             <w:rPr>
               <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
             </w:rPr>
             <w:t>Puesto de trabajo</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="F5D1F3DE38C34BA1ACEC4D6E0324E32D"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{FFA2243F-6B15-4674-AC9B-AA33F646E6D8}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00815614" w:rsidRDefault="00701EC3" w:rsidP="00701EC3">
+        <w:p w:rsidR="00815614" w:rsidRDefault="00574291" w:rsidP="00574291">
           <w:pPr>
-            <w:pStyle w:val="F5D1F3DE38C34BA1ACEC4D6E0324E32D"/>
+            <w:pStyle w:val="F5D1F3DE38C34BA1ACEC4D6E0324E32D5"/>
           </w:pPr>
           <w:r w:rsidRPr="00540EE8">
             <w:rPr>
               <w:rStyle w:val="Textodelmarcadordeposicin"/>
               <w:rFonts w:cstheme="minorHAnsi"/>
             </w:rPr>
             <w:t>Haga clic o pulse aquí para escribir texto</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="861F4F38869F4589BC930AFBAA1ED6E3"/>
+        <w:name w:val="F7EF8CFEB740431DB757DA6318098FA3"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{1F1A942F-52AA-42E1-AE35-5CE417D942E3}"/>
+        <w:guid w:val="{EADBFD2D-FC04-46C3-9122-CFB845D5BB4F}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00815614" w:rsidRDefault="00701EC3" w:rsidP="00701EC3">
+        <w:p w:rsidR="00DC2C6E" w:rsidRDefault="00574291" w:rsidP="00574291">
           <w:pPr>
-            <w:pStyle w:val="861F4F38869F4589BC930AFBAA1ED6E3"/>
+            <w:pStyle w:val="F7EF8CFEB740431DB757DA6318098FA31"/>
           </w:pPr>
           <w:r w:rsidRPr="00540EE8">
             <w:rPr>
               <w:rStyle w:val="Textodelmarcadordeposicin"/>
               <w:rFonts w:cstheme="minorHAnsi"/>
             </w:rPr>
             <w:t>Haga clic o pulse aquí para escribir texto</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="B9E8E65925534CF9B5BF2BBD875E7104"/>
+        <w:name w:val="765F2C7D5A8641DFB839E6319944320A"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{F289D953-BED3-465A-A288-7C72CB150317}"/>
+        <w:guid w:val="{39AF227D-FC78-4A72-A5F7-8C22F7097C0F}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00C12F72" w:rsidRDefault="00C12F72" w:rsidP="00C12F72">
+        <w:p w:rsidR="00DC2C6E" w:rsidRDefault="00574291" w:rsidP="00574291">
           <w:pPr>
-            <w:pStyle w:val="B9E8E65925534CF9B5BF2BBD875E7104"/>
-[...28 lines deleted...]
-            <w:pStyle w:val="A9423DE3DCED437DB46B8CBD6665EBBF"/>
+            <w:pStyle w:val="765F2C7D5A8641DFB839E6319944320A1"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="Textodelmarcadordeposicin"/>
               <w:rFonts w:cstheme="minorHAnsi"/>
+              <w:i/>
+              <w:iCs/>
             </w:rPr>
             <w:t>Haga clic o pulse aquí para escribir texto</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
+    <w:altName w:val="Calibri"/>
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
-  </w:font>
-[...4 lines deleted...]
-    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Book Antiqua">
     <w:panose1 w:val="02040602050305030304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F90F7A"/>
     <w:rsid w:val="00086778"/>
     <w:rsid w:val="00097960"/>
     <w:rsid w:val="000D1E22"/>
+    <w:rsid w:val="001C11C8"/>
     <w:rsid w:val="002A0A46"/>
+    <w:rsid w:val="003305A8"/>
     <w:rsid w:val="00345CF4"/>
+    <w:rsid w:val="00574291"/>
     <w:rsid w:val="005829C5"/>
     <w:rsid w:val="00647EB7"/>
     <w:rsid w:val="00701EC3"/>
     <w:rsid w:val="007678E9"/>
     <w:rsid w:val="00815614"/>
     <w:rsid w:val="008D188B"/>
     <w:rsid w:val="00A2434A"/>
     <w:rsid w:val="00B132EF"/>
     <w:rsid w:val="00C12F72"/>
     <w:rsid w:val="00C1463C"/>
     <w:rsid w:val="00C54CD6"/>
     <w:rsid w:val="00DA490C"/>
+    <w:rsid w:val="00DC2C6E"/>
     <w:rsid w:val="00E96C85"/>
     <w:rsid w:val="00F51F5B"/>
     <w:rsid w:val="00F90F7A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-ES"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
@@ -6246,251 +6275,257 @@
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Sinlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="Textodelmarcadordeposicin">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="002A0A46"/>
+    <w:rsid w:val="00574291"/>
+    <w:rPr>
+      <w:color w:val="808080"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="66E5A95FABB148FD8A9010F7AF3A8ED6">
     <w:name w:val="66E5A95FABB148FD8A9010F7AF3A8ED6"/>
     <w:rsid w:val="00F90F7A"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="D2B364345C1C43A28409662663DC5177">
     <w:name w:val="D2B364345C1C43A28409662663DC5177"/>
     <w:rsid w:val="00F90F7A"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="B9E8E65925534CF9B5BF2BBD875E7104">
-[...5 lines deleted...]
-    <w:rsid w:val="00701EC3"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2291FD745A75476C9F47447D076FCD405">
+    <w:name w:val="2291FD745A75476C9F47447D076FCD405"/>
+    <w:rsid w:val="00574291"/>
     <w:pPr>
       <w:spacing w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:kern w:val="0"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="3A028526183542E485BAA1F1EE23D380">
-[...1 lines deleted...]
-    <w:rsid w:val="00701EC3"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="3A028526183542E485BAA1F1EE23D3805">
+    <w:name w:val="3A028526183542E485BAA1F1EE23D3805"/>
+    <w:rsid w:val="00574291"/>
     <w:pPr>
       <w:spacing w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:kern w:val="0"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2A60E7B173AE452F93BC9296C9B7C551">
-[...1 lines deleted...]
-    <w:rsid w:val="00701EC3"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2A60E7B173AE452F93BC9296C9B7C5515">
+    <w:name w:val="2A60E7B173AE452F93BC9296C9B7C5515"/>
+    <w:rsid w:val="00574291"/>
     <w:pPr>
       <w:spacing w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:kern w:val="0"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="B5330427FD99495A9D81A6690C1F4F04">
-[...1 lines deleted...]
-    <w:rsid w:val="00701EC3"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="B5330427FD99495A9D81A6690C1F4F045">
+    <w:name w:val="B5330427FD99495A9D81A6690C1F4F045"/>
+    <w:rsid w:val="00574291"/>
     <w:pPr>
       <w:spacing w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:kern w:val="0"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="075EAA2792BE4E9786C1195BD696B178">
-[...1 lines deleted...]
-    <w:rsid w:val="00701EC3"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="075EAA2792BE4E9786C1195BD696B1785">
+    <w:name w:val="075EAA2792BE4E9786C1195BD696B1785"/>
+    <w:rsid w:val="00574291"/>
     <w:pPr>
       <w:spacing w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:kern w:val="0"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="CD3CDB7ECB5A4A7E8CDCDE6071FBCBDA">
-[...1 lines deleted...]
-    <w:rsid w:val="00701EC3"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="CD3CDB7ECB5A4A7E8CDCDE6071FBCBDA5">
+    <w:name w:val="CD3CDB7ECB5A4A7E8CDCDE6071FBCBDA5"/>
+    <w:rsid w:val="00574291"/>
     <w:pPr>
       <w:spacing w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:kern w:val="0"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="D0DC6D5759F9470EBFE41204F2B72A2C">
-[...1 lines deleted...]
-    <w:rsid w:val="00701EC3"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="D0DC6D5759F9470EBFE41204F2B72A2C5">
+    <w:name w:val="D0DC6D5759F9470EBFE41204F2B72A2C5"/>
+    <w:rsid w:val="00574291"/>
     <w:pPr>
       <w:spacing w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:kern w:val="0"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="3F9B98E780D3487AB5DF8457B3C2E459">
-[...1 lines deleted...]
-    <w:rsid w:val="00701EC3"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="3F9B98E780D3487AB5DF8457B3C2E4595">
+    <w:name w:val="3F9B98E780D3487AB5DF8457B3C2E4595"/>
+    <w:rsid w:val="00574291"/>
     <w:pPr>
       <w:spacing w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:kern w:val="0"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="5C00555EB7794A828BA4EBC2FADA8D04">
-[...1 lines deleted...]
-    <w:rsid w:val="00701EC3"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="5C00555EB7794A828BA4EBC2FADA8D045">
+    <w:name w:val="5C00555EB7794A828BA4EBC2FADA8D045"/>
+    <w:rsid w:val="00574291"/>
     <w:pPr>
       <w:spacing w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:kern w:val="0"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="F7035E0946BE4696AE5E78B26B675D55">
-[...1 lines deleted...]
-    <w:rsid w:val="00701EC3"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="F7035E0946BE4696AE5E78B26B675D555">
+    <w:name w:val="F7035E0946BE4696AE5E78B26B675D555"/>
+    <w:rsid w:val="00574291"/>
     <w:pPr>
       <w:spacing w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:kern w:val="0"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="F5D1F3DE38C34BA1ACEC4D6E0324E32D">
-[...1 lines deleted...]
-    <w:rsid w:val="00701EC3"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="F5D1F3DE38C34BA1ACEC4D6E0324E32D5">
+    <w:name w:val="F5D1F3DE38C34BA1ACEC4D6E0324E32D5"/>
+    <w:rsid w:val="00574291"/>
     <w:pPr>
       <w:spacing w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:kern w:val="0"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="861F4F38869F4589BC930AFBAA1ED6E3">
-[...1 lines deleted...]
-    <w:rsid w:val="00701EC3"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="F7EF8CFEB740431DB757DA6318098FA31">
+    <w:name w:val="F7EF8CFEB740431DB757DA6318098FA31"/>
+    <w:rsid w:val="00574291"/>
     <w:pPr>
       <w:spacing w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:kern w:val="0"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="en-US"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="A912D094D20C492BA0D34B7AB55E0E71">
-[...5 lines deleted...]
-    <w:rsid w:val="002A0A46"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="765F2C7D5A8641DFB839E6319944320A1">
+    <w:name w:val="765F2C7D5A8641DFB839E6319944320A1"/>
+    <w:rsid w:val="00574291"/>
+    <w:pPr>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="en-US"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
@@ -6736,70 +6771,74 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <TaxCatchAll xmlns="1c9c8636-0486-4c9b-b75c-7b805ddaaf65" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="bab14156-fcf3-44e2-9c4b-c33f1f92d414">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Documento" ma:contentTypeID="0x010100B06617267F2F024888E4758096EA68D3" ma:contentTypeVersion="17" ma:contentTypeDescription="Crear nuevo documento." ma:contentTypeScope="" ma:versionID="43b969b2240948f64292864e39434780">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="bab14156-fcf3-44e2-9c4b-c33f1f92d414" xmlns:ns3="1c9c8636-0486-4c9b-b75c-7b805ddaaf65" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="609917e18f01ec88dda26f4a786e8af5" ns2:_="" ns3:_="">
     <xsd:import namespace="bab14156-fcf3-44e2-9c4b-c33f1f92d414"/>
     <xsd:import namespace="1c9c8636-0486-4c9b-b75c-7b805ddaaf65"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
@@ -6998,127 +7037,123 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EA752D03-4378-4B63-AFCF-37CFDF7AA555}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{51BE3F23-488B-4432-ADBD-BDD0BBEB5B30}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="1c9c8636-0486-4c9b-b75c-7b805ddaaf65"/>
     <ds:schemaRef ds:uri="bab14156-fcf3-44e2-9c4b-c33f1f92d414"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BC42931C-DC01-4A13-BDE6-A8CD7573B9CF}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B9073A04-30A3-4CB4-89B4-BF2A07DB4BF7}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="bab14156-fcf3-44e2-9c4b-c33f1f92d414"/>
     <ds:schemaRef ds:uri="1c9c8636-0486-4c9b-b75c-7b805ddaaf65"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>CS - SMS - DGRH.dotx</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>315</Words>
-  <Characters>1734</Characters>
+  <Words>360</Words>
+  <Characters>1982</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>14</Lines>
+  <Lines>16</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2045</CharactersWithSpaces>
+  <CharactersWithSpaces>2338</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100B06617267F2F024888E4758096EA68D3</vt:lpwstr>
   </property>
 </Properties>
 </file>